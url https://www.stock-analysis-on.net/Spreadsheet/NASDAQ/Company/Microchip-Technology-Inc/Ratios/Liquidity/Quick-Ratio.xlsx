--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1007,51 +1007,51 @@
       </c>
       <c r="D25" s="13">
         <v>1.75</v>
       </c>
       <c r="E25" s="13">
         <v>0.0</v>
       </c>
       <c r="F25" s="13">
         <v>0.0</v>
       </c>
       <c r="G25" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="13">
         <v>3.67</v>
       </c>
       <c r="C26" s="13">
         <v>4.45</v>
       </c>
       <c r="D26" s="13">
-        <v>3.34</v>
+        <v>0.0</v>
       </c>
       <c r="E26" s="13">
         <v>0.0</v>
       </c>
       <c r="F26" s="13">
         <v>0.0</v>
       </c>
       <c r="G26" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="28.8">
       <c r="A27" s="11" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="13">
         <v>1.62</v>
       </c>
       <c r="C28" s="13">
         <v>1.79</v>