--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1818,60 +1818,60 @@
       <c r="A26" s="13" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="14">
         <v>3.37</v>
       </c>
       <c r="C26" s="14">
         <v>3.52</v>
       </c>
       <c r="D26" s="14">
         <v>3.29</v>
       </c>
       <c r="E26" s="14">
         <v>3.04</v>
       </c>
       <c r="F26" s="14">
         <v>3.25</v>
       </c>
       <c r="G26" s="14">
         <v>3.28</v>
       </c>
       <c r="H26" s="14">
         <v>3.89</v>
       </c>
       <c r="I26" s="14">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="J26" s="14">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="K26" s="14">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="L26" s="14">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="M26" s="14">
         <v>0.0</v>
       </c>
       <c r="N26" s="14">
         <v>0.0</v>
       </c>
       <c r="O26" s="14">
         <v>0.0</v>
       </c>
       <c r="P26" s="14">
         <v>0.0</v>
       </c>
       <c r="Q26" s="14">
         <v>0.0</v>
       </c>
       <c r="R26" s="14">
         <v>0.0</v>
       </c>
       <c r="S26" s="14">
         <v>0.0</v>
       </c>
       <c r="T26" s="14">
         <v>0.0</v>
       </c>