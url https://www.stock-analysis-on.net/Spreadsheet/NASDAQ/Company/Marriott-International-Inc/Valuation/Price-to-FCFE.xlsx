--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -972,51 +972,51 @@
       <c r="A12" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="16" t="s">
         <v>25</v>
       </c>
       <c r="B13" s="13">
         <v>16.77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="16" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="13">
         <v>12.58</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="16" t="s">
         <v>27</v>
       </c>
       <c r="B15" s="13">
-        <v>34.009999999999998</v>
+        <v>35.44</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="13">
         <v>43.64</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" s="16" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="13">
         <v>35.3</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B18" s="13">
         <v>38.6</v>
       </c>