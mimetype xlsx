--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1530,108 +1530,108 @@
       </c>
       <c r="T21" s="13">
         <v>0.9088</v>
       </c>
       <c r="U21" s="13">
         <v>1.1256</v>
       </c>
       <c r="V21" s="13">
         <v>1.0805</v>
       </c>
       <c r="W21" s="13">
         <v>0.9117</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="13">
         <v>0.0</v>
       </c>
       <c r="C22" s="13">
         <v>0.0</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0</v>
+        <v>0.3073</v>
       </c>
       <c r="E22" s="13">
         <v>0.3033</v>
       </c>
       <c r="F22" s="13">
         <v>0.3073</v>
       </c>
       <c r="G22" s="13">
         <v>0.297</v>
       </c>
       <c r="H22" s="13">
         <v>0.2839</v>
       </c>
       <c r="I22" s="13">
         <v>0.2875</v>
       </c>
       <c r="J22" s="13">
         <v>0.3086</v>
       </c>
       <c r="K22" s="13">
         <v>0.3478</v>
       </c>
       <c r="L22" s="13">
         <v>0.3853</v>
       </c>
       <c r="M22" s="13">
         <v>0.427</v>
       </c>
       <c r="N22" s="13">
         <v>0.4822</v>
       </c>
       <c r="O22" s="13">
         <v>0.5416</v>
       </c>
       <c r="P22" s="13">
         <v>0.6002</v>
       </c>
       <c r="Q22" s="13">
         <v>0.6152</v>
       </c>
       <c r="R22" s="13">
         <v>0.6086</v>
       </c>
       <c r="S22" s="13">
         <v>0.5862</v>
       </c>
       <c r="T22" s="13">
-        <v>0.5827</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="13">
-        <v>0.6023</v>
+        <v>0.0</v>
       </c>
       <c r="V22" s="13">
-        <v>0.603</v>
+        <v>0.0</v>
       </c>
       <c r="W22" s="13">
-        <v>0.6073</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>