--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1186,63 +1186,63 @@
       </c>
       <c r="B32" s="14">
         <v>-0.1591</v>
       </c>
       <c r="C32" s="14">
         <v>0.0733</v>
       </c>
       <c r="D32" s="14">
         <v>-0.0553</v>
       </c>
       <c r="E32" s="14">
         <v>0.6849</v>
       </c>
       <c r="F32" s="14">
         <v>0.2256</v>
       </c>
       <c r="G32" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="14">
-        <v>0.0</v>
+        <v>0.1043</v>
       </c>
       <c r="C33" s="14">
         <v>0.1589</v>
       </c>
       <c r="D33" s="14">
         <v>0.3137</v>
       </c>
       <c r="E33" s="14">
         <v>0.2275</v>
       </c>
       <c r="F33" s="14">
-        <v>0.1848</v>
+        <v>0.0</v>
       </c>
       <c r="G33" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:7" customHeight="1" ht="28.8">
       <c r="A34" s="12" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B35" s="14">
         <v>0.0</v>
       </c>
       <c r="C35" s="14">
         <v>0.1965</v>
       </c>
       <c r="D35" s="14">
         <v>0.0633</v>
       </c>
       <c r="E35" s="14">
         <v>0.2466</v>
@@ -1672,63 +1672,63 @@
       </c>
       <c r="B22" s="14">
         <v>-0.3</v>
       </c>
       <c r="C22" s="14">
         <v>0.0553</v>
       </c>
       <c r="D22" s="14">
         <v>-0.1457</v>
       </c>
       <c r="E22" s="14">
         <v>0.4691</v>
       </c>
       <c r="F22" s="14">
         <v>0.1561</v>
       </c>
       <c r="G22" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="14">
-        <v>0.0</v>
+        <v>-0.0295</v>
       </c>
       <c r="C23" s="14">
         <v>0.0793</v>
       </c>
       <c r="D23" s="14">
         <v>0.2635</v>
       </c>
       <c r="E23" s="14">
         <v>0.2824</v>
       </c>
       <c r="F23" s="14">
-        <v>0.2995</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="28.8">
       <c r="A24" s="12" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="14">
         <v>0.0</v>
       </c>
       <c r="C25" s="14">
         <v>0.0346</v>
       </c>
       <c r="D25" s="14">
         <v>0.0045</v>
       </c>
       <c r="E25" s="14">
         <v>0.0745</v>