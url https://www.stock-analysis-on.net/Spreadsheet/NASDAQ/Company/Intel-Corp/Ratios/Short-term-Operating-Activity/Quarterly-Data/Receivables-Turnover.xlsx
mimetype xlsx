--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1234,51 +1234,51 @@
       </c>
       <c r="L20" s="13">
         <v>5.59</v>
       </c>
       <c r="M20" s="13">
         <v>5.43</v>
       </c>
       <c r="N20" s="13">
         <v>5.79</v>
       </c>
       <c r="O20" s="13">
         <v>6.14</v>
       </c>
       <c r="P20" s="13">
         <v>6.11</v>
       </c>
       <c r="Q20" s="13">
         <v>6.37</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="13">
-        <v>0.0</v>
+        <v>9.0099999999999998</v>
       </c>
       <c r="C21" s="13">
         <v>8.37</v>
       </c>
       <c r="D21" s="13">
         <v>8.62</v>
       </c>
       <c r="E21" s="13">
         <v>8.63</v>
       </c>
       <c r="F21" s="13">
         <v>9.1</v>
       </c>
       <c r="G21" s="13">
         <v>8.44</v>
       </c>
       <c r="H21" s="13">
         <v>9.41</v>
       </c>
       <c r="I21" s="13">
         <v>10.050000000000001</v>
       </c>
       <c r="J21" s="13">
         <v>9.8</v>
       </c>