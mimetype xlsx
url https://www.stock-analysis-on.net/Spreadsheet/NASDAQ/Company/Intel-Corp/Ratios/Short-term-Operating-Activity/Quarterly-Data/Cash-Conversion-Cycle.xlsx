--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1182,51 +1182,51 @@
       </c>
       <c r="L20" s="8">
         <v>111.0</v>
       </c>
       <c r="M20" s="8">
         <v>108.0</v>
       </c>
       <c r="N20" s="8">
         <v>95.0</v>
       </c>
       <c r="O20" s="8">
         <v>83.0</v>
       </c>
       <c r="P20" s="8">
         <v>89.0</v>
       </c>
       <c r="Q20" s="8">
         <v>96.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="8">
-        <v>0.0</v>
+        <v>236.0</v>
       </c>
       <c r="C21" s="8">
         <v>245.0</v>
       </c>
       <c r="D21" s="8">
         <v>247.0</v>
       </c>
       <c r="E21" s="8">
         <v>249.0</v>
       </c>
       <c r="F21" s="8">
         <v>246.0</v>
       </c>
       <c r="G21" s="8">
         <v>239.0</v>
       </c>
       <c r="H21" s="8">
         <v>220.0</v>
       </c>
       <c r="I21" s="8">
         <v>233.0</v>
       </c>
       <c r="J21" s="8">
         <v>217.0</v>
       </c>