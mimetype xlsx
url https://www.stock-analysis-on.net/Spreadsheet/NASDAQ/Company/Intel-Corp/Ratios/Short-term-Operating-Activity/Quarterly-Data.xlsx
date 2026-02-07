--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1970,51 +1970,51 @@
       </c>
       <c r="L20" s="9">
         <v>111.0</v>
       </c>
       <c r="M20" s="9">
         <v>108.0</v>
       </c>
       <c r="N20" s="9">
         <v>95.0</v>
       </c>
       <c r="O20" s="9">
         <v>83.0</v>
       </c>
       <c r="P20" s="9">
         <v>89.0</v>
       </c>
       <c r="Q20" s="9">
         <v>96.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="9">
-        <v>0.0</v>
+        <v>236.0</v>
       </c>
       <c r="C21" s="9">
         <v>245.0</v>
       </c>
       <c r="D21" s="9">
         <v>247.0</v>
       </c>
       <c r="E21" s="9">
         <v>249.0</v>
       </c>
       <c r="F21" s="9">
         <v>246.0</v>
       </c>
       <c r="G21" s="9">
         <v>239.0</v>
       </c>
       <c r="H21" s="9">
         <v>220.0</v>
       </c>
       <c r="I21" s="9">
         <v>233.0</v>
       </c>
       <c r="J21" s="9">
         <v>217.0</v>
       </c>
@@ -2789,51 +2789,51 @@
       </c>
       <c r="L21" s="8">
         <v>2.61</v>
       </c>
       <c r="M21" s="8">
         <v>2.65</v>
       </c>
       <c r="N21" s="8">
         <v>2.94</v>
       </c>
       <c r="O21" s="8">
         <v>3.27</v>
       </c>
       <c r="P21" s="8">
         <v>3.58</v>
       </c>
       <c r="Q21" s="8">
         <v>3.9</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="8">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="C22" s="8">
         <v>1.52</v>
       </c>
       <c r="D22" s="8">
         <v>1.45</v>
       </c>
       <c r="E22" s="8">
         <v>1.44</v>
       </c>
       <c r="F22" s="8">
         <v>1.45</v>
       </c>
       <c r="G22" s="8">
         <v>1.51</v>
       </c>
       <c r="H22" s="8">
         <v>1.59</v>
       </c>
       <c r="I22" s="8">
         <v>1.6</v>
       </c>
       <c r="J22" s="8">
         <v>1.63</v>
       </c>
@@ -3555,51 +3555,51 @@
       </c>
       <c r="L20" s="8">
         <v>5.59</v>
       </c>
       <c r="M20" s="8">
         <v>5.43</v>
       </c>
       <c r="N20" s="8">
         <v>5.79</v>
       </c>
       <c r="O20" s="8">
         <v>6.14</v>
       </c>
       <c r="P20" s="8">
         <v>6.11</v>
       </c>
       <c r="Q20" s="8">
         <v>6.37</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="8">
-        <v>0.0</v>
+        <v>9.0099999999999998</v>
       </c>
       <c r="C21" s="8">
         <v>8.37</v>
       </c>
       <c r="D21" s="8">
         <v>8.62</v>
       </c>
       <c r="E21" s="8">
         <v>8.63</v>
       </c>
       <c r="F21" s="8">
         <v>9.1</v>
       </c>
       <c r="G21" s="8">
         <v>8.44</v>
       </c>
       <c r="H21" s="8">
         <v>9.41</v>
       </c>
       <c r="I21" s="8">
         <v>10.050000000000001</v>
       </c>
       <c r="J21" s="8">
         <v>9.8</v>
       </c>
@@ -4268,51 +4268,51 @@
       </c>
       <c r="L19" s="8">
         <v>12.5</v>
       </c>
       <c r="M19" s="8">
         <v>7.17</v>
       </c>
       <c r="N19" s="8">
         <v>4.91</v>
       </c>
       <c r="O19" s="8">
         <v>4.72</v>
       </c>
       <c r="P19" s="8">
         <v>4.37</v>
       </c>
       <c r="Q19" s="8">
         <v>4.28</v>
       </c>
     </row>
     <row r="20" spans="1:17">
       <c r="A20" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="8">
-        <v>0.0</v>
+        <v>10.050000000000001</v>
       </c>
       <c r="C20" s="8">
         <v>9.42</v>
       </c>
       <c r="D20" s="8">
         <v>7.94</v>
       </c>
       <c r="E20" s="8">
         <v>7.78</v>
       </c>
       <c r="F20" s="8">
         <v>7.98</v>
       </c>
       <c r="G20" s="8">
         <v>8.19</v>
       </c>
       <c r="H20" s="8">
         <v>7.62</v>
       </c>
       <c r="I20" s="8">
         <v>11.89</v>
       </c>
       <c r="J20" s="8">
         <v>8.1</v>
       </c>
@@ -5193,51 +5193,51 @@
       </c>
       <c r="L24" s="8">
         <v>3.66</v>
       </c>
       <c r="M24" s="8">
         <v>3.9</v>
       </c>
       <c r="N24" s="8">
         <v>4.99</v>
       </c>
       <c r="O24" s="8">
         <v>5.88</v>
       </c>
       <c r="P24" s="8">
         <v>4.8</v>
       </c>
       <c r="Q24" s="8">
         <v>4.53</v>
       </c>
     </row>
     <row r="25" spans="1:17">
       <c r="A25" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="8">
-        <v>0.0</v>
+        <v>1.67</v>
       </c>
       <c r="C25" s="8">
         <v>1.6</v>
       </c>
       <c r="D25" s="8">
         <v>1.39</v>
       </c>
       <c r="E25" s="8">
         <v>1.51</v>
       </c>
       <c r="F25" s="8">
         <v>1.37</v>
       </c>
       <c r="G25" s="8">
         <v>1.29</v>
       </c>
       <c r="H25" s="8">
         <v>1.22</v>
       </c>
       <c r="I25" s="8">
         <v>1.21</v>
       </c>
       <c r="J25" s="8">
         <v>1.48</v>
       </c>
@@ -5959,51 +5959,51 @@
       </c>
       <c r="L20" s="9">
         <v>140.0</v>
       </c>
       <c r="M20" s="9">
         <v>138.0</v>
       </c>
       <c r="N20" s="9">
         <v>124.0</v>
       </c>
       <c r="O20" s="9">
         <v>112.0</v>
       </c>
       <c r="P20" s="9">
         <v>102.0</v>
       </c>
       <c r="Q20" s="9">
         <v>93.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="9">
-        <v>0.0</v>
+        <v>231.0</v>
       </c>
       <c r="C21" s="9">
         <v>240.0</v>
       </c>
       <c r="D21" s="9">
         <v>251.0</v>
       </c>
       <c r="E21" s="9">
         <v>254.0</v>
       </c>
       <c r="F21" s="9">
         <v>252.0</v>
       </c>
       <c r="G21" s="9">
         <v>241.0</v>
       </c>
       <c r="H21" s="9">
         <v>229.0</v>
       </c>
       <c r="I21" s="9">
         <v>228.0</v>
       </c>
       <c r="J21" s="9">
         <v>225.0</v>
       </c>
@@ -6672,51 +6672,51 @@
       </c>
       <c r="L18" s="9">
         <v>65.0</v>
       </c>
       <c r="M18" s="9">
         <v>67.0</v>
       </c>
       <c r="N18" s="9">
         <v>63.0</v>
       </c>
       <c r="O18" s="9">
         <v>59.0</v>
       </c>
       <c r="P18" s="9">
         <v>60.0</v>
       </c>
       <c r="Q18" s="9">
         <v>57.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="9">
-        <v>0.0</v>
+        <v>41.0</v>
       </c>
       <c r="C19" s="9">
         <v>44.0</v>
       </c>
       <c r="D19" s="9">
         <v>42.0</v>
       </c>
       <c r="E19" s="9">
         <v>42.0</v>
       </c>
       <c r="F19" s="9">
         <v>40.0</v>
       </c>
       <c r="G19" s="9">
         <v>43.0</v>
       </c>
       <c r="H19" s="9">
         <v>39.0</v>
       </c>
       <c r="I19" s="9">
         <v>36.0</v>
       </c>
       <c r="J19" s="9">
         <v>37.0</v>
       </c>
@@ -7443,51 +7443,51 @@
       </c>
       <c r="L21" s="9">
         <v>186.0</v>
       </c>
       <c r="M21" s="9">
         <v>179.0</v>
       </c>
       <c r="N21" s="9">
         <v>164.0</v>
       </c>
       <c r="O21" s="9">
         <v>153.0</v>
       </c>
       <c r="P21" s="9">
         <v>157.0</v>
       </c>
       <c r="Q21" s="9">
         <v>157.0</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="9">
-        <v>0.0</v>
+        <v>272.0</v>
       </c>
       <c r="C22" s="9">
         <v>284.0</v>
       </c>
       <c r="D22" s="9">
         <v>293.0</v>
       </c>
       <c r="E22" s="9">
         <v>296.0</v>
       </c>
       <c r="F22" s="9">
         <v>292.0</v>
       </c>
       <c r="G22" s="9">
         <v>284.0</v>
       </c>
       <c r="H22" s="9">
         <v>268.0</v>
       </c>
       <c r="I22" s="9">
         <v>264.0</v>
       </c>
       <c r="J22" s="9">
         <v>262.0</v>
       </c>
@@ -8103,51 +8103,51 @@
       </c>
       <c r="L18" s="9">
         <v>29.0</v>
       </c>
       <c r="M18" s="9">
         <v>51.0</v>
       </c>
       <c r="N18" s="9">
         <v>74.0</v>
       </c>
       <c r="O18" s="9">
         <v>77.0</v>
       </c>
       <c r="P18" s="9">
         <v>83.0</v>
       </c>
       <c r="Q18" s="9">
         <v>85.0</v>
       </c>
     </row>
     <row r="19" spans="1:17">
       <c r="A19" s="17" t="s">
         <v>31</v>
       </c>
       <c r="B19" s="9">
-        <v>0.0</v>
+        <v>36.0</v>
       </c>
       <c r="C19" s="9">
         <v>39.0</v>
       </c>
       <c r="D19" s="9">
         <v>46.0</v>
       </c>
       <c r="E19" s="9">
         <v>47.0</v>
       </c>
       <c r="F19" s="9">
         <v>46.0</v>
       </c>
       <c r="G19" s="9">
         <v>45.0</v>
       </c>
       <c r="H19" s="9">
         <v>48.0</v>
       </c>
       <c r="I19" s="9">
         <v>31.0</v>
       </c>
       <c r="J19" s="9">
         <v>45.0</v>
       </c>