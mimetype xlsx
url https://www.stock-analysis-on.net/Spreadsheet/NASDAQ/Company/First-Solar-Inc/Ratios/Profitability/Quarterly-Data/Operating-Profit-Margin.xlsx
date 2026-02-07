--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1505,60 +1505,60 @@
       <c r="E23" s="13">
         <v>0.4185</v>
       </c>
       <c r="F23" s="13">
         <v>0.4403</v>
       </c>
       <c r="G23" s="13">
         <v>0.4654</v>
       </c>
       <c r="H23" s="13">
         <v>0.4877</v>
       </c>
       <c r="I23" s="13">
         <v>0.5063</v>
       </c>
       <c r="J23" s="13">
         <v>0.5184</v>
       </c>
       <c r="K23" s="13">
         <v>0.5152</v>
       </c>
       <c r="L23" s="13">
         <v>0.5055</v>
       </c>
       <c r="M23" s="13">
-        <v>0.4884</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="13">
-        <v>0.4702</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="13">
-        <v>0.4519</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="13">
-        <v>0.4273</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>
       <c r="R23" s="13">
         <v>0.0</v>
       </c>
       <c r="S23" s="13">
         <v>0.0</v>
       </c>
       <c r="T23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>