--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1505,60 +1505,60 @@
       <c r="E23" s="13">
         <v>0.3716</v>
       </c>
       <c r="F23" s="13">
         <v>0.3921</v>
       </c>
       <c r="G23" s="13">
         <v>0.4084</v>
       </c>
       <c r="H23" s="13">
         <v>0.4233</v>
       </c>
       <c r="I23" s="13">
         <v>0.4368</v>
       </c>
       <c r="J23" s="13">
         <v>0.4421</v>
       </c>
       <c r="K23" s="13">
         <v>0.4378</v>
       </c>
       <c r="L23" s="13">
         <v>0.4334</v>
       </c>
       <c r="M23" s="13">
-        <v>0.4235</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="13">
-        <v>0.4161</v>
+        <v>0.0</v>
       </c>
       <c r="O23" s="13">
-        <v>0.4012</v>
+        <v>0.0</v>
       </c>
       <c r="P23" s="13">
-        <v>0.4004</v>
+        <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>
       <c r="R23" s="13">
         <v>0.0</v>
       </c>
       <c r="S23" s="13">
         <v>0.0</v>
       </c>
       <c r="T23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>