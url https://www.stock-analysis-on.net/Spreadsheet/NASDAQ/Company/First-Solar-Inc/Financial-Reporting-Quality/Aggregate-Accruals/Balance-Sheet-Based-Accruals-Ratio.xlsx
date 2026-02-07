--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1136,51 +1136,51 @@
       </c>
       <c r="C34" s="14">
         <v>0.6849</v>
       </c>
       <c r="D34" s="14">
         <v>0.2256</v>
       </c>
       <c r="E34" s="14">
         <v>0.0</v>
       </c>
       <c r="F34" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="13" t="s">
         <v>31</v>
       </c>
       <c r="B35" s="14">
         <v>0.3137</v>
       </c>
       <c r="C35" s="14">
         <v>0.2275</v>
       </c>
       <c r="D35" s="14">
-        <v>0.1848</v>
+        <v>0.0</v>
       </c>
       <c r="E35" s="14">
         <v>0.0</v>
       </c>
       <c r="F35" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:6" customHeight="1" ht="28.8">
       <c r="A36" s="12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B37" s="14">
         <v>0.0633</v>
       </c>
       <c r="C37" s="14">
         <v>0.2466</v>
       </c>
       <c r="D37" s="14">
         <v>2.0</v>