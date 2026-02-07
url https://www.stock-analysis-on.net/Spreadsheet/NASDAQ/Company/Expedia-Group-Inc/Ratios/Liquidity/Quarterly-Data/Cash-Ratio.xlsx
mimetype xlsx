--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -990,60 +990,60 @@
       <c r="Q14" s="11">
         <v>0.47</v>
       </c>
       <c r="R14" s="11">
         <v>0.47</v>
       </c>
     </row>
     <row r="15" spans="1:18" customHeight="1" ht="34.8">
       <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:18" customHeight="1" ht="28.8">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="14">
         <v>0.48</v>
       </c>
       <c r="C17" s="14">
-        <v>0.68</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="14">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="14">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="14">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="14">
         <v>0.0</v>
       </c>
       <c r="H17" s="14">
         <v>0.0</v>
       </c>
       <c r="I17" s="14">
         <v>0.0</v>
       </c>
       <c r="J17" s="14">
         <v>0.0</v>
       </c>
       <c r="K17" s="14">
         <v>0.0</v>
       </c>
       <c r="L17" s="14">
         <v>0.0</v>
       </c>
       <c r="M17" s="14">
         <v>0.0</v>
       </c>
       <c r="N17" s="14">
         <v>0.0</v>
       </c>