--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -732,51 +732,51 @@
       <c r="E13" s="10">
         <v>0.34</v>
       </c>
       <c r="F13" s="10">
         <v>0.43</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.68</v>
       </c>
       <c r="C16" s="13">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="D16" s="13">
         <v>0.0</v>
       </c>
       <c r="E16" s="13">
         <v>0.0</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
         <v>0.34</v>
       </c>
       <c r="C17" s="13">
         <v>0.12</v>
       </c>
       <c r="D17" s="13">
         <v>0.0</v>
       </c>
       <c r="E17" s="13">