--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -886,51 +886,51 @@
       <c r="D21" s="11">
         <v>-0.1275</v>
       </c>
       <c r="E21" s="11">
         <v>-0.0508</v>
       </c>
       <c r="F21" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="34.8">
       <c r="A22" s="5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="14">
-        <v>0.4906</v>
+        <v>0.0</v>
       </c>
       <c r="C24" s="14">
         <v>0.0</v>
       </c>
       <c r="D24" s="14">
         <v>0.0</v>
       </c>
       <c r="E24" s="14">
         <v>0.0</v>
       </c>
       <c r="F24" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="14">
         <v>0.2177</v>
       </c>
       <c r="C25" s="14">
         <v>0.0</v>
       </c>
       <c r="D25" s="14">