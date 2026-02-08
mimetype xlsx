--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1103,60 +1103,60 @@
     </row>
     <row r="16" spans="1:20" customHeight="1" ht="34.8">
       <c r="A16" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:20" customHeight="1" ht="28.8">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="14">
         <v>0.58</v>
       </c>
       <c r="C18" s="14">
         <v>0.62</v>
       </c>
       <c r="D18" s="14">
         <v>0.53</v>
       </c>
       <c r="E18" s="14">
-        <v>0.54</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="14">
-        <v>0.63</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="14">
-        <v>0.67</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="14">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="I18" s="14">
         <v>0.0</v>
       </c>
       <c r="J18" s="14">
         <v>0.0</v>
       </c>
       <c r="K18" s="14">
         <v>0.0</v>
       </c>
       <c r="L18" s="14">
         <v>0.0</v>
       </c>
       <c r="M18" s="14">
         <v>0.0</v>
       </c>
       <c r="N18" s="14">
         <v>0.0</v>
       </c>
       <c r="O18" s="14">
         <v>0.0</v>
       </c>
       <c r="P18" s="14">
         <v>0.0</v>
       </c>