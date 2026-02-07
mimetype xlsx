--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1258,60 +1258,60 @@
       <c r="B21" s="13">
         <v>8.1</v>
       </c>
       <c r="C21" s="13">
         <v>9.029999999999999</v>
       </c>
       <c r="D21" s="13">
         <v>6.87</v>
       </c>
       <c r="E21" s="13">
         <v>6.63</v>
       </c>
       <c r="F21" s="13">
         <v>7.35</v>
       </c>
       <c r="G21" s="13">
         <v>7.89</v>
       </c>
       <c r="H21" s="13">
         <v>8.46</v>
       </c>
       <c r="I21" s="13">
         <v>9.27</v>
       </c>
       <c r="J21" s="13">
-        <v>9.14</v>
+        <v>0.0</v>
       </c>
       <c r="K21" s="13">
-        <v>9.93</v>
+        <v>0.0</v>
       </c>
       <c r="L21" s="13">
-        <v>9.86</v>
+        <v>0.0</v>
       </c>
       <c r="M21" s="13">
-        <v>9.6</v>
+        <v>0.0</v>
       </c>
       <c r="N21" s="13">
         <v>0.0</v>
       </c>
       <c r="O21" s="13">
         <v>0.0</v>
       </c>
       <c r="P21" s="13">
         <v>0.0</v>
       </c>
       <c r="Q21" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="14"/>
       <c r="C22" s="14"/>
       <c r="D22" s="14"/>
       <c r="E22" s="14"/>
       <c r="F22" s="14"/>
       <c r="G22" s="14"/>
       <c r="H22" s="14"/>