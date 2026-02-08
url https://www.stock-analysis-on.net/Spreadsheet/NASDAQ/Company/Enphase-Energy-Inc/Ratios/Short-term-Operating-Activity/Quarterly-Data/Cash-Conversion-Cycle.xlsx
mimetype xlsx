--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1262,60 +1262,60 @@
       <c r="B22" s="8">
         <v>217.0</v>
       </c>
       <c r="C22" s="8">
         <v>222.0</v>
       </c>
       <c r="D22" s="8">
         <v>200.0</v>
       </c>
       <c r="E22" s="8">
         <v>170.0</v>
       </c>
       <c r="F22" s="8">
         <v>146.0</v>
       </c>
       <c r="G22" s="8">
         <v>134.0</v>
       </c>
       <c r="H22" s="8">
         <v>131.0</v>
       </c>
       <c r="I22" s="8">
         <v>123.0</v>
       </c>
       <c r="J22" s="8">
-        <v>111.0</v>
+        <v>0.0</v>
       </c>
       <c r="K22" s="8">
-        <v>112.0</v>
+        <v>0.0</v>
       </c>
       <c r="L22" s="8">
-        <v>115.0</v>
+        <v>0.0</v>
       </c>
       <c r="M22" s="8">
-        <v>126.0</v>
+        <v>0.0</v>
       </c>
       <c r="N22" s="8">
         <v>0.0</v>
       </c>
       <c r="O22" s="8">
         <v>0.0</v>
       </c>
       <c r="P22" s="8">
         <v>0.0</v>
       </c>
       <c r="Q22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:17">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="13"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
       <c r="H23" s="13"/>