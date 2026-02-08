--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1258,60 +1258,60 @@
       <c r="B20" s="13">
         <v>37.0</v>
       </c>
       <c r="C20" s="13">
         <v>40.0</v>
       </c>
       <c r="D20" s="13">
         <v>38.0</v>
       </c>
       <c r="E20" s="13">
         <v>35.0</v>
       </c>
       <c r="F20" s="13">
         <v>35.0</v>
       </c>
       <c r="G20" s="13">
         <v>37.0</v>
       </c>
       <c r="H20" s="13">
         <v>41.0</v>
       </c>
       <c r="I20" s="13">
         <v>35.0</v>
       </c>
       <c r="J20" s="13">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="K20" s="13">
-        <v>34.0</v>
+        <v>0.0</v>
       </c>
       <c r="L20" s="13">
-        <v>35.0</v>
+        <v>0.0</v>
       </c>
       <c r="M20" s="13">
-        <v>37.0</v>
+        <v>0.0</v>
       </c>
       <c r="N20" s="13">
         <v>0.0</v>
       </c>
       <c r="O20" s="13">
         <v>0.0</v>
       </c>
       <c r="P20" s="13">
         <v>0.0</v>
       </c>
       <c r="Q20" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:17">
       <c r="A21" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="14"/>
       <c r="C21" s="14"/>
       <c r="D21" s="14"/>
       <c r="E21" s="14"/>
       <c r="F21" s="14"/>
       <c r="G21" s="14"/>
       <c r="H21" s="14"/>