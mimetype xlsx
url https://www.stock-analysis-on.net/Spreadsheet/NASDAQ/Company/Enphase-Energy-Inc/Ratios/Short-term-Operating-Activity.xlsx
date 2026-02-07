--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1395,51 +1395,51 @@
       </c>
       <c r="D23" s="8">
         <v>37.0</v>
       </c>
       <c r="E23" s="8">
         <v>55.0</v>
       </c>
       <c r="F23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="8">
         <v>217.0</v>
       </c>
       <c r="C24" s="8">
         <v>146.0</v>
       </c>
       <c r="D24" s="8">
         <v>116.0</v>
       </c>
       <c r="E24" s="8">
-        <v>144.0</v>
+        <v>0.0</v>
       </c>
       <c r="F24" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="15" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="8">
         <v>136.0</v>
       </c>
       <c r="C26" s="8">
         <v>113.0</v>
       </c>
       <c r="D26" s="8">
         <v>101.0</v>
       </c>
       <c r="E26" s="8">
         <v>0.0</v>
@@ -1806,51 +1806,51 @@
       </c>
       <c r="D21" s="7">
         <v>4.42</v>
       </c>
       <c r="E21" s="7">
         <v>3.56</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="7">
         <v>1.63</v>
       </c>
       <c r="C22" s="7">
         <v>2.27</v>
       </c>
       <c r="D22" s="7">
         <v>3.12</v>
       </c>
       <c r="E22" s="7">
-        <v>2.66</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="7">
         <v>2.47</v>
       </c>
       <c r="C24" s="7">
         <v>2.81</v>
       </c>
       <c r="D24" s="7">
         <v>3.51</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
@@ -2217,51 +2217,51 @@
       </c>
       <c r="D21" s="7">
         <v>15.16</v>
       </c>
       <c r="E21" s="7">
         <v>8.76</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="7">
         <v>9.8</v>
       </c>
       <c r="C22" s="7">
         <v>10.57</v>
       </c>
       <c r="D22" s="7">
         <v>10.78</v>
       </c>
       <c r="E22" s="7">
-        <v>10.23</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="7">
         <v>8.69</v>
       </c>
       <c r="C24" s="7">
         <v>7.52</v>
       </c>
       <c r="D24" s="7">
         <v>7.48</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
@@ -2628,51 +2628,51 @@
       </c>
       <c r="D21" s="7">
         <v>5.19</v>
       </c>
       <c r="E21" s="7">
         <v>4.12</v>
       </c>
       <c r="F21" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="7">
         <v>8.1</v>
       </c>
       <c r="C22" s="7">
         <v>7.35</v>
       </c>
       <c r="D22" s="7">
         <v>10.45</v>
       </c>
       <c r="E22" s="7">
-        <v>12.51</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B24" s="7">
         <v>6.74</v>
       </c>
       <c r="C24" s="7">
         <v>5.51</v>
       </c>
       <c r="D24" s="7">
         <v>7.03</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
@@ -3079,51 +3079,51 @@
       </c>
       <c r="D24" s="7">
         <v>4.13</v>
       </c>
       <c r="E24" s="7">
         <v>2.39</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B25" s="7">
         <v>1.48</v>
       </c>
       <c r="C25" s="7">
         <v>1.81</v>
       </c>
       <c r="D25" s="7">
         <v>1.65</v>
       </c>
       <c r="E25" s="7">
-        <v>1.84</v>
+        <v>0.0</v>
       </c>
       <c r="F25" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="15" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="7">
         <v>2.24</v>
       </c>
       <c r="C27" s="7">
         <v>2.55</v>
       </c>
       <c r="D27" s="7">
         <v>2.38</v>
       </c>
       <c r="E27" s="7">
         <v>0.0</v>
@@ -3470,51 +3470,51 @@
       </c>
       <c r="D20" s="8">
         <v>83.0</v>
       </c>
       <c r="E20" s="8">
         <v>102.0</v>
       </c>
       <c r="F20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="8">
         <v>225.0</v>
       </c>
       <c r="C21" s="8">
         <v>161.0</v>
       </c>
       <c r="D21" s="8">
         <v>117.0</v>
       </c>
       <c r="E21" s="8">
-        <v>137.0</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="8">
         <v>148.0</v>
       </c>
       <c r="C23" s="8">
         <v>130.0</v>
       </c>
       <c r="D23" s="8">
         <v>104.0</v>
       </c>
       <c r="E23" s="8">
         <v>0.0</v>
@@ -3861,51 +3861,51 @@
       </c>
       <c r="D20" s="8">
         <v>24.0</v>
       </c>
       <c r="E20" s="8">
         <v>42.0</v>
       </c>
       <c r="F20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="8">
         <v>37.0</v>
       </c>
       <c r="C21" s="8">
         <v>35.0</v>
       </c>
       <c r="D21" s="8">
         <v>34.0</v>
       </c>
       <c r="E21" s="8">
-        <v>36.0</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="8">
         <v>42.0</v>
       </c>
       <c r="C23" s="8">
         <v>49.0</v>
       </c>
       <c r="D23" s="8">
         <v>49.0</v>
       </c>
       <c r="E23" s="8">
         <v>0.0</v>
@@ -4277,51 +4277,51 @@
       </c>
       <c r="D22" s="8">
         <v>107.0</v>
       </c>
       <c r="E22" s="8">
         <v>144.0</v>
       </c>
       <c r="F22" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="8">
         <v>262.0</v>
       </c>
       <c r="C23" s="8">
         <v>196.0</v>
       </c>
       <c r="D23" s="8">
         <v>151.0</v>
       </c>
       <c r="E23" s="8">
-        <v>173.0</v>
+        <v>0.0</v>
       </c>
       <c r="F23" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6" customHeight="1" ht="28.8">
       <c r="A24" s="15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="8">
         <v>190.0</v>
       </c>
       <c r="C25" s="8">
         <v>179.0</v>
       </c>
       <c r="D25" s="8">
         <v>153.0</v>
       </c>
       <c r="E25" s="8">
         <v>0.0</v>
@@ -4668,51 +4668,51 @@
       </c>
       <c r="D20" s="8">
         <v>70.0</v>
       </c>
       <c r="E20" s="8">
         <v>89.0</v>
       </c>
       <c r="F20" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="8">
         <v>45.0</v>
       </c>
       <c r="C21" s="8">
         <v>50.0</v>
       </c>
       <c r="D21" s="8">
         <v>35.0</v>
       </c>
       <c r="E21" s="8">
-        <v>29.0</v>
+        <v>0.0</v>
       </c>
       <c r="F21" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6" customHeight="1" ht="28.8">
       <c r="A22" s="15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="16" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="8">
         <v>54.0</v>
       </c>
       <c r="C23" s="8">
         <v>66.0</v>
       </c>
       <c r="D23" s="8">
         <v>52.0</v>
       </c>
       <c r="E23" s="8">
         <v>0.0</v>