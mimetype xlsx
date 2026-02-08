--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1370,60 +1370,60 @@
       <c r="B23" s="13">
         <v>4.55</v>
       </c>
       <c r="C23" s="13">
         <v>5.69</v>
       </c>
       <c r="D23" s="13">
         <v>5.72</v>
       </c>
       <c r="E23" s="13">
         <v>5.17</v>
       </c>
       <c r="F23" s="13">
         <v>4.7</v>
       </c>
       <c r="G23" s="13">
         <v>4.92</v>
       </c>
       <c r="H23" s="13">
         <v>5.09</v>
       </c>
       <c r="I23" s="13">
         <v>5.54</v>
       </c>
       <c r="J23" s="13">
-        <v>5.33</v>
+        <v>0.0</v>
       </c>
       <c r="K23" s="13">
-        <v>5.63</v>
+        <v>0.0</v>
       </c>
       <c r="L23" s="13">
-        <v>5.08</v>
+        <v>0.0</v>
       </c>
       <c r="M23" s="13">
-        <v>6.12</v>
+        <v>0.0</v>
       </c>
       <c r="N23" s="13">
         <v>0.0</v>
       </c>
       <c r="O23" s="13">
         <v>0.0</v>
       </c>
       <c r="P23" s="13">
         <v>0.0</v>
       </c>
       <c r="Q23" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:17">
       <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="14"/>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>