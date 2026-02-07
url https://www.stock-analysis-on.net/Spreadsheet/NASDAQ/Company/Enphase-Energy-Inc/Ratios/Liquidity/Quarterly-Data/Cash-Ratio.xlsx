--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1541,60 +1541,60 @@
       <c r="B27" s="14">
         <v>2.58</v>
       </c>
       <c r="C27" s="14">
         <v>3.37</v>
       </c>
       <c r="D27" s="14">
         <v>3.52</v>
       </c>
       <c r="E27" s="14">
         <v>3.29</v>
       </c>
       <c r="F27" s="14">
         <v>3.04</v>
       </c>
       <c r="G27" s="14">
         <v>3.25</v>
       </c>
       <c r="H27" s="14">
         <v>3.28</v>
       </c>
       <c r="I27" s="14">
         <v>3.89</v>
       </c>
       <c r="J27" s="14">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="K27" s="14">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="L27" s="14">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="M27" s="14">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
       <c r="N27" s="14">
         <v>0.0</v>
       </c>
       <c r="O27" s="14">
         <v>0.0</v>
       </c>
       <c r="P27" s="14">
         <v>0.0</v>
       </c>
       <c r="Q27" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:17">
       <c r="A28" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B28" s="15"/>
       <c r="C28" s="15"/>
       <c r="D28" s="15"/>
       <c r="E28" s="15"/>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>