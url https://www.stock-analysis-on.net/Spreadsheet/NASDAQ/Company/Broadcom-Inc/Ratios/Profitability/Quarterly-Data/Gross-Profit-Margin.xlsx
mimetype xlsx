--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1446,108 +1446,108 @@
       </c>
       <c r="P21" s="13">
         <v>0.5851</v>
       </c>
       <c r="Q21" s="13">
         <v>0.5816</v>
       </c>
       <c r="R21" s="13">
         <v>0.5751</v>
       </c>
       <c r="S21" s="13">
         <v>0.5982</v>
       </c>
       <c r="T21" s="13">
         <v>0.5999</v>
       </c>
       <c r="U21" s="13">
         <v>0.6017</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="13">
-        <v>0.0</v>
+        <v>0.5702</v>
       </c>
       <c r="C22" s="13">
         <v>0.5748</v>
       </c>
       <c r="D22" s="13">
         <v>0.5803</v>
       </c>
       <c r="E22" s="13">
         <v>0.5802</v>
       </c>
       <c r="F22" s="13">
         <v>0.5814</v>
       </c>
       <c r="G22" s="13">
         <v>0.5863</v>
       </c>
       <c r="H22" s="13">
         <v>0.5936</v>
       </c>
       <c r="I22" s="13">
         <v>0.6101</v>
       </c>
       <c r="J22" s="13">
         <v>0.629</v>
       </c>
       <c r="K22" s="13">
         <v>0.6446</v>
       </c>
       <c r="L22" s="13">
         <v>0.6629</v>
       </c>
       <c r="M22" s="13">
         <v>0.6764</v>
       </c>
       <c r="N22" s="13">
         <v>0.6876</v>
       </c>
       <c r="O22" s="13">
         <v>0.6951</v>
       </c>
       <c r="P22" s="13">
         <v>0.6926</v>
       </c>
       <c r="Q22" s="13">
         <v>0.6868</v>
       </c>
       <c r="R22" s="13">
-        <v>0.6747</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="13">
-        <v>0.6636</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>0.6546</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="13">
-        <v>0.647</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="14"/>
       <c r="D23" s="14"/>
       <c r="E23" s="14"/>
       <c r="F23" s="14"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="14"/>
       <c r="L23" s="14"/>
       <c r="M23" s="14"/>
       <c r="N23" s="14"/>
       <c r="O23" s="14"/>
       <c r="P23" s="14"/>
       <c r="Q23" s="14"/>
       <c r="R23" s="14"/>
       <c r="S23" s="14"/>
       <c r="T23" s="14"/>