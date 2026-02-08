--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1517,108 +1517,108 @@
       </c>
       <c r="P22" s="14">
         <v>24.2</v>
       </c>
       <c r="Q22" s="14">
         <v>21.71</v>
       </c>
       <c r="R22" s="14">
         <v>19.38</v>
       </c>
       <c r="S22" s="14">
         <v>18.6</v>
       </c>
       <c r="T22" s="14">
         <v>16.1</v>
       </c>
       <c r="U22" s="14">
         <v>13.4</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="13" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="14">
-        <v>0.0</v>
+        <v>11.52</v>
       </c>
       <c r="C23" s="14">
         <v>11.71</v>
       </c>
       <c r="D23" s="14">
         <v>11.86</v>
       </c>
       <c r="E23" s="14">
         <v>11.45</v>
       </c>
       <c r="F23" s="14">
         <v>11.73</v>
       </c>
       <c r="G23" s="14">
         <v>12.85</v>
       </c>
       <c r="H23" s="14">
         <v>14.57</v>
       </c>
       <c r="I23" s="14">
         <v>17.87</v>
       </c>
       <c r="J23" s="14">
         <v>22.010000000000002</v>
       </c>
       <c r="K23" s="14">
         <v>26.51</v>
       </c>
       <c r="L23" s="14">
         <v>33.49</v>
       </c>
       <c r="M23" s="14">
         <v>42.1</v>
       </c>
       <c r="N23" s="14">
         <v>47.88</v>
       </c>
       <c r="O23" s="14">
         <v>51.88</v>
       </c>
       <c r="P23" s="14">
         <v>52.0</v>
       </c>
       <c r="Q23" s="14">
         <v>51.030000000000001</v>
       </c>
       <c r="R23" s="14">
-        <v>49.47</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="14">
-        <v>46.81</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="14">
-        <v>42.15</v>
+        <v>0.0</v>
       </c>
       <c r="U23" s="14">
-        <v>36.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="15"/>
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15"/>
       <c r="L24" s="15"/>
       <c r="M24" s="15"/>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" s="15"/>
       <c r="S24" s="15"/>
       <c r="T24" s="15"/>