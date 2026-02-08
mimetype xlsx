--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1656,108 +1656,108 @@
       </c>
       <c r="P24" s="15">
         <v>0.54</v>
       </c>
       <c r="Q24" s="15">
         <v>0.58</v>
       </c>
       <c r="R24" s="15">
         <v>0.61</v>
       </c>
       <c r="S24" s="15">
         <v>0.66</v>
       </c>
       <c r="T24" s="15">
         <v>0.68</v>
       </c>
       <c r="U24" s="15">
         <v>0.68</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="15">
-        <v>0.0</v>
+        <v>0.46</v>
       </c>
       <c r="C25" s="15">
         <v>0.46</v>
       </c>
       <c r="D25" s="15">
         <v>0.46</v>
       </c>
       <c r="E25" s="15">
         <v>0.44</v>
       </c>
       <c r="F25" s="15">
         <v>0.45</v>
       </c>
       <c r="G25" s="15">
         <v>0.45</v>
       </c>
       <c r="H25" s="15">
         <v>0.45</v>
       </c>
       <c r="I25" s="15">
         <v>0.46</v>
       </c>
       <c r="J25" s="15">
         <v>0.4</v>
       </c>
       <c r="K25" s="15">
         <v>0.4</v>
       </c>
       <c r="L25" s="15">
         <v>0.41</v>
       </c>
       <c r="M25" s="15">
         <v>0.4</v>
       </c>
       <c r="N25" s="15">
         <v>0.37</v>
       </c>
       <c r="O25" s="15">
         <v>0.35</v>
       </c>
       <c r="P25" s="15">
         <v>0.34</v>
       </c>
       <c r="Q25" s="15">
         <v>0.36</v>
       </c>
       <c r="R25" s="15">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="15">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="15">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="15">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="16" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="16"/>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
       <c r="L26" s="16"/>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="O26" s="16"/>
       <c r="P26" s="16"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16"/>
       <c r="T26" s="16"/>