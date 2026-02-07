--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -2145,108 +2145,108 @@
       </c>
       <c r="P24" s="8">
         <v>1.18</v>
       </c>
       <c r="Q24" s="8">
         <v>1.39</v>
       </c>
       <c r="R24" s="8">
         <v>1.58</v>
       </c>
       <c r="S24" s="8">
         <v>1.92</v>
       </c>
       <c r="T24" s="8">
         <v>2.12</v>
       </c>
       <c r="U24" s="8">
         <v>2.13</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>0.0</v>
+        <v>0.86</v>
       </c>
       <c r="C25" s="8">
         <v>0.84</v>
       </c>
       <c r="D25" s="8">
         <v>0.86</v>
       </c>
       <c r="E25" s="8">
         <v>0.78</v>
       </c>
       <c r="F25" s="8">
         <v>0.8</v>
       </c>
       <c r="G25" s="8">
         <v>0.8</v>
       </c>
       <c r="H25" s="8">
         <v>0.81</v>
       </c>
       <c r="I25" s="8">
         <v>0.84</v>
       </c>
       <c r="J25" s="8">
         <v>0.66</v>
       </c>
       <c r="K25" s="8">
         <v>0.67</v>
       </c>
       <c r="L25" s="8">
         <v>0.7</v>
       </c>
       <c r="M25" s="8">
         <v>0.66</v>
       </c>
       <c r="N25" s="8">
         <v>0.6</v>
       </c>
       <c r="O25" s="8">
         <v>0.55</v>
       </c>
       <c r="P25" s="8">
         <v>0.51</v>
       </c>
       <c r="Q25" s="8">
         <v>0.55</v>
       </c>
       <c r="R25" s="8">
-        <v>0.58</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="8">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="8">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9"/>
       <c r="P26" s="9"/>
       <c r="Q26" s="9"/>
       <c r="R26" s="9"/>
       <c r="S26" s="9"/>
       <c r="T26" s="9"/>
@@ -3331,108 +3331,108 @@
       </c>
       <c r="P24" s="8">
         <v>0.54</v>
       </c>
       <c r="Q24" s="8">
         <v>0.58</v>
       </c>
       <c r="R24" s="8">
         <v>0.61</v>
       </c>
       <c r="S24" s="8">
         <v>0.66</v>
       </c>
       <c r="T24" s="8">
         <v>0.68</v>
       </c>
       <c r="U24" s="8">
         <v>0.68</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>0.0</v>
+        <v>0.46</v>
       </c>
       <c r="C25" s="8">
         <v>0.46</v>
       </c>
       <c r="D25" s="8">
         <v>0.46</v>
       </c>
       <c r="E25" s="8">
         <v>0.44</v>
       </c>
       <c r="F25" s="8">
         <v>0.45</v>
       </c>
       <c r="G25" s="8">
         <v>0.45</v>
       </c>
       <c r="H25" s="8">
         <v>0.45</v>
       </c>
       <c r="I25" s="8">
         <v>0.46</v>
       </c>
       <c r="J25" s="8">
         <v>0.4</v>
       </c>
       <c r="K25" s="8">
         <v>0.4</v>
       </c>
       <c r="L25" s="8">
         <v>0.41</v>
       </c>
       <c r="M25" s="8">
         <v>0.4</v>
       </c>
       <c r="N25" s="8">
         <v>0.37</v>
       </c>
       <c r="O25" s="8">
         <v>0.35</v>
       </c>
       <c r="P25" s="8">
         <v>0.34</v>
       </c>
       <c r="Q25" s="8">
         <v>0.36</v>
       </c>
       <c r="R25" s="8">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="8">
-        <v>0.39</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>0.36</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="8">
-        <v>0.38</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9"/>
       <c r="P26" s="9"/>
       <c r="Q26" s="9"/>
       <c r="R26" s="9"/>
       <c r="S26" s="9"/>
       <c r="T26" s="9"/>
@@ -4452,108 +4452,108 @@
       </c>
       <c r="P24" s="8">
         <v>0.35</v>
       </c>
       <c r="Q24" s="8">
         <v>0.37</v>
       </c>
       <c r="R24" s="8">
         <v>0.38</v>
       </c>
       <c r="S24" s="8">
         <v>0.41</v>
       </c>
       <c r="T24" s="8">
         <v>0.42</v>
       </c>
       <c r="U24" s="8">
         <v>0.42</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="8">
-        <v>0.0</v>
+        <v>0.41</v>
       </c>
       <c r="C25" s="8">
         <v>0.4</v>
       </c>
       <c r="D25" s="8">
         <v>0.4</v>
       </c>
       <c r="E25" s="8">
         <v>0.38</v>
       </c>
       <c r="F25" s="8">
         <v>0.38</v>
       </c>
       <c r="G25" s="8">
         <v>0.39</v>
       </c>
       <c r="H25" s="8">
         <v>0.4</v>
       </c>
       <c r="I25" s="8">
         <v>0.41</v>
       </c>
       <c r="J25" s="8">
         <v>0.35</v>
       </c>
       <c r="K25" s="8">
         <v>0.35</v>
       </c>
       <c r="L25" s="8">
         <v>0.36</v>
       </c>
       <c r="M25" s="8">
         <v>0.35</v>
       </c>
       <c r="N25" s="8">
         <v>0.32</v>
       </c>
       <c r="O25" s="8">
         <v>0.3</v>
       </c>
       <c r="P25" s="8">
         <v>0.29</v>
       </c>
       <c r="Q25" s="8">
         <v>0.31</v>
       </c>
       <c r="R25" s="8">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="8">
-        <v>0.33</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>0.3</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="8">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="9"/>
       <c r="I26" s="9"/>
       <c r="J26" s="9"/>
       <c r="K26" s="9"/>
       <c r="L26" s="9"/>
       <c r="M26" s="9"/>
       <c r="N26" s="9"/>
       <c r="O26" s="9"/>
       <c r="P26" s="9"/>
       <c r="Q26" s="9"/>
       <c r="R26" s="9"/>
       <c r="S26" s="9"/>
       <c r="T26" s="9"/>
@@ -5443,108 +5443,108 @@
       </c>
       <c r="P21" s="8">
         <v>3.32</v>
       </c>
       <c r="Q21" s="8">
         <v>3.78</v>
       </c>
       <c r="R21" s="8">
         <v>4.14</v>
       </c>
       <c r="S21" s="8">
         <v>4.74</v>
       </c>
       <c r="T21" s="8">
         <v>5.0099999999999998</v>
       </c>
       <c r="U21" s="8">
         <v>5.08</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="8">
-        <v>0.0</v>
+        <v>2.13</v>
       </c>
       <c r="C22" s="8">
         <v>2.11</v>
       </c>
       <c r="D22" s="8">
         <v>2.13</v>
       </c>
       <c r="E22" s="8">
         <v>2.06</v>
       </c>
       <c r="F22" s="8">
         <v>2.1</v>
       </c>
       <c r="G22" s="8">
         <v>2.05</v>
       </c>
       <c r="H22" s="8">
         <v>2.04</v>
       </c>
       <c r="I22" s="8">
         <v>2.05</v>
       </c>
       <c r="J22" s="8">
         <v>1.91</v>
       </c>
       <c r="K22" s="8">
         <v>1.9</v>
       </c>
       <c r="L22" s="8">
         <v>1.94</v>
       </c>
       <c r="M22" s="8">
         <v>1.92</v>
       </c>
       <c r="N22" s="8">
         <v>1.87</v>
       </c>
       <c r="O22" s="8">
         <v>1.8</v>
       </c>
       <c r="P22" s="8">
         <v>1.75</v>
       </c>
       <c r="Q22" s="8">
         <v>1.8</v>
       </c>
       <c r="R22" s="8">
-        <v>1.85</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="8">
-        <v>1.92</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>1.85</v>
+        <v>0.0</v>
       </c>
       <c r="U22" s="8">
-        <v>1.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
@@ -6499,108 +6499,108 @@
       </c>
       <c r="P22" s="8">
         <v>24.2</v>
       </c>
       <c r="Q22" s="8">
         <v>21.71</v>
       </c>
       <c r="R22" s="8">
         <v>19.38</v>
       </c>
       <c r="S22" s="8">
         <v>18.6</v>
       </c>
       <c r="T22" s="8">
         <v>16.1</v>
       </c>
       <c r="U22" s="8">
         <v>13.4</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="8">
-        <v>0.0</v>
+        <v>11.52</v>
       </c>
       <c r="C23" s="8">
         <v>11.71</v>
       </c>
       <c r="D23" s="8">
         <v>11.86</v>
       </c>
       <c r="E23" s="8">
         <v>11.45</v>
       </c>
       <c r="F23" s="8">
         <v>11.73</v>
       </c>
       <c r="G23" s="8">
         <v>12.85</v>
       </c>
       <c r="H23" s="8">
         <v>14.57</v>
       </c>
       <c r="I23" s="8">
         <v>17.87</v>
       </c>
       <c r="J23" s="8">
         <v>22.010000000000002</v>
       </c>
       <c r="K23" s="8">
         <v>26.51</v>
       </c>
       <c r="L23" s="8">
         <v>33.49</v>
       </c>
       <c r="M23" s="8">
         <v>42.1</v>
       </c>
       <c r="N23" s="8">
         <v>47.88</v>
       </c>
       <c r="O23" s="8">
         <v>51.88</v>
       </c>
       <c r="P23" s="8">
         <v>52.0</v>
       </c>
       <c r="Q23" s="8">
         <v>51.030000000000001</v>
       </c>
       <c r="R23" s="8">
-        <v>49.47</v>
+        <v>0.0</v>
       </c>
       <c r="S23" s="8">
-        <v>46.81</v>
+        <v>0.0</v>
       </c>
       <c r="T23" s="8">
-        <v>42.15</v>
+        <v>0.0</v>
       </c>
       <c r="U23" s="8">
-        <v>36.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="9"/>
       <c r="H24" s="9"/>
       <c r="I24" s="9"/>
       <c r="J24" s="9"/>
       <c r="K24" s="9"/>
       <c r="L24" s="9"/>
       <c r="M24" s="9"/>
       <c r="N24" s="9"/>
       <c r="O24" s="9"/>
       <c r="P24" s="9"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>