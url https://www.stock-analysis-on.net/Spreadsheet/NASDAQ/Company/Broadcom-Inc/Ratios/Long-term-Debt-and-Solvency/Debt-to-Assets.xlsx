--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -949,66 +949,66 @@
       </c>
       <c r="B23" s="13">
         <v>0.3</v>
       </c>
       <c r="C23" s="13">
         <v>0.27</v>
       </c>
       <c r="D23" s="13">
         <v>0.3</v>
       </c>
       <c r="E23" s="13">
         <v>0.32</v>
       </c>
       <c r="F23" s="13">
         <v>0.38</v>
       </c>
       <c r="G23" s="13">
         <v>0.44</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="13">
-        <v>0.0</v>
+        <v>0.41</v>
       </c>
       <c r="C24" s="13">
         <v>0.38</v>
       </c>
       <c r="D24" s="13">
         <v>0.35</v>
       </c>
       <c r="E24" s="13">
         <v>0.32</v>
       </c>
       <c r="F24" s="13">
         <v>0.31</v>
       </c>
       <c r="G24" s="13">
-        <v>0.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="28.8">
       <c r="A25" s="11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="13">
         <v>0.0</v>
       </c>
       <c r="C26" s="13">
         <v>0.25</v>
       </c>
       <c r="D26" s="13">
         <v>0.26</v>
       </c>
       <c r="E26" s="13">
         <v>0.24</v>
       </c>
       <c r="F26" s="13">
         <v>0.26</v>