--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -941,60 +941,60 @@
       <c r="I14" s="13">
         <v>85.44</v>
       </c>
       <c r="J14" s="13">
         <v>134.080000000000013</v>
       </c>
       <c r="K14" s="13">
         <v>152.24000000000001</v>
       </c>
       <c r="L14" s="13">
         <v>136.37</v>
       </c>
       <c r="M14" s="13">
         <v>80.79000000000001</v>
       </c>
       <c r="N14" s="13">
         <v>118.060000000000002</v>
       </c>
       <c r="O14" s="13">
         <v>97.41</v>
       </c>
       <c r="P14" s="13">
         <v>87.64</v>
       </c>
       <c r="Q14" s="13">
-        <v>75.77</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>94.54000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>90.40000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>92.26000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
         <v>14.13</v>
       </c>
       <c r="C15" s="13">
         <v>14.16</v>
       </c>
       <c r="D15" s="13">
         <v>14.37</v>
       </c>
       <c r="E15" s="13">
         <v>14.65</v>
       </c>
       <c r="F15" s="13">
         <v>16.32</v>
       </c>
       <c r="G15" s="13">
         <v>16.43</v>
       </c>
       <c r="H15" s="13">