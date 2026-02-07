--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -876,60 +876,60 @@
       <c r="I13" s="13">
         <v>36.86</v>
       </c>
       <c r="J13" s="13">
         <v>34.039999999999999</v>
       </c>
       <c r="K13" s="13">
         <v>42.59</v>
       </c>
       <c r="L13" s="13">
         <v>36.87</v>
       </c>
       <c r="M13" s="13">
         <v>35.61</v>
       </c>
       <c r="N13" s="13">
         <v>38.6</v>
       </c>
       <c r="O13" s="13">
         <v>39.82</v>
       </c>
       <c r="P13" s="13">
         <v>36.049999999999997</v>
       </c>
       <c r="Q13" s="13">
-        <v>35.79</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="13">
-        <v>32.44</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="13">
-        <v>38.26</v>
+        <v>0.0</v>
       </c>
       <c r="T13" s="13">
-        <v>34.83</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>24.34</v>
       </c>
       <c r="C14" s="13">
         <v>17.23</v>
       </c>
       <c r="D14" s="13">
         <v>17.36</v>
       </c>
       <c r="E14" s="13">
         <v>17.26</v>
       </c>
       <c r="F14" s="13">
         <v>27.84</v>
       </c>
       <c r="G14" s="13">
         <v>31.29</v>
       </c>
       <c r="H14" s="13">