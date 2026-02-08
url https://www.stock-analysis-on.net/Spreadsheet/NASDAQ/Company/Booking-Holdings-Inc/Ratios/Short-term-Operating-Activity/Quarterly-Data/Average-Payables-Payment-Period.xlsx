--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -811,60 +811,60 @@
       <c r="I12" s="13">
         <v>10.0</v>
       </c>
       <c r="J12" s="13">
         <v>11.0</v>
       </c>
       <c r="K12" s="13">
         <v>9.0</v>
       </c>
       <c r="L12" s="13">
         <v>10.0</v>
       </c>
       <c r="M12" s="13">
         <v>10.0</v>
       </c>
       <c r="N12" s="13">
         <v>9.0</v>
       </c>
       <c r="O12" s="13">
         <v>9.0</v>
       </c>
       <c r="P12" s="13">
         <v>10.0</v>
       </c>
       <c r="Q12" s="13">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="R12" s="13">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
       <c r="S12" s="13">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
       <c r="T12" s="13">
-        <v>10.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="13">
         <v>15.0</v>
       </c>
       <c r="C13" s="13">
         <v>21.0</v>
       </c>
       <c r="D13" s="13">
         <v>21.0</v>
       </c>
       <c r="E13" s="13">
         <v>21.0</v>
       </c>
       <c r="F13" s="13">
         <v>13.0</v>
       </c>
       <c r="G13" s="13">
         <v>12.0</v>
       </c>
       <c r="H13" s="13">