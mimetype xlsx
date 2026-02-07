--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -993,51 +993,51 @@
       </c>
       <c r="E12" s="7">
         <v>53.67</v>
       </c>
       <c r="F12" s="7">
         <v>34.049999999999997</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>78.59</v>
       </c>
       <c r="C13" s="7">
         <v>85.44</v>
       </c>
       <c r="D13" s="7">
         <v>80.79000000000001</v>
       </c>
       <c r="E13" s="7">
         <v>75.77</v>
       </c>
       <c r="F13" s="7">
-        <v>57.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>14.65</v>
       </c>
       <c r="C14" s="7">
         <v>16.2</v>
       </c>
       <c r="D14" s="7">
         <v>16.46</v>
       </c>
       <c r="E14" s="7">
         <v>14.0099999999999998</v>
       </c>
       <c r="F14" s="7">
         <v>9.92</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>20</v>
@@ -1284,51 +1284,51 @@
       </c>
       <c r="E12" s="7">
         <v>9.77</v>
       </c>
       <c r="F12" s="7">
         <v>10.96</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B13" s="7">
         <v>39.38</v>
       </c>
       <c r="C13" s="7">
         <v>36.86</v>
       </c>
       <c r="D13" s="7">
         <v>35.61</v>
       </c>
       <c r="E13" s="7">
         <v>35.79</v>
       </c>
       <c r="F13" s="7">
-        <v>40.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>17.26</v>
       </c>
       <c r="C14" s="7">
         <v>21.25</v>
       </c>
       <c r="D14" s="7">
         <v>22.85</v>
       </c>
       <c r="E14" s="7">
         <v>14.52</v>
       </c>
       <c r="F14" s="7">
         <v>17.1</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>20</v>
@@ -1615,51 +1615,51 @@
       </c>
       <c r="E15" s="7">
         <v>0.99</v>
       </c>
       <c r="F15" s="7">
         <v>0.89</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B16" s="7">
         <v>18.49</v>
       </c>
       <c r="C16" s="7">
         <v>16.73</v>
       </c>
       <c r="D16" s="7">
         <v>34.0</v>
       </c>
       <c r="E16" s="7">
         <v>14.86</v>
       </c>
       <c r="F16" s="7">
-        <v>10.0099999999999998</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="7">
         <v>3.64</v>
       </c>
       <c r="C17" s="7">
         <v>3.95</v>
       </c>
       <c r="D17" s="7">
         <v>3.03</v>
       </c>
       <c r="E17" s="7">
         <v>1.74</v>
       </c>
       <c r="F17" s="7">
         <v>0.7</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>20</v>
@@ -1886,51 +1886,51 @@
       </c>
       <c r="E11" s="8">
         <v>7.0</v>
       </c>
       <c r="F11" s="8">
         <v>11.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>5.0</v>
       </c>
       <c r="C12" s="8">
         <v>4.0</v>
       </c>
       <c r="D12" s="8">
         <v>5.0</v>
       </c>
       <c r="E12" s="8">
         <v>5.0</v>
       </c>
       <c r="F12" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>25.0</v>
       </c>
       <c r="C13" s="8">
         <v>23.0</v>
       </c>
       <c r="D13" s="8">
         <v>22.0</v>
       </c>
       <c r="E13" s="8">
         <v>26.0</v>
       </c>
       <c r="F13" s="8">
         <v>37.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>20</v>
@@ -2157,51 +2157,51 @@
       </c>
       <c r="E11" s="8">
         <v>37.0</v>
       </c>
       <c r="F11" s="8">
         <v>33.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="8">
         <v>9.0</v>
       </c>
       <c r="C12" s="8">
         <v>10.0</v>
       </c>
       <c r="D12" s="8">
         <v>10.0</v>
       </c>
       <c r="E12" s="8">
         <v>10.0</v>
       </c>
       <c r="F12" s="8">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>21.0</v>
       </c>
       <c r="C13" s="8">
         <v>17.0</v>
       </c>
       <c r="D13" s="8">
         <v>16.0</v>
       </c>
       <c r="E13" s="8">
         <v>25.0</v>
       </c>
       <c r="F13" s="8">
         <v>21.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>20</v>