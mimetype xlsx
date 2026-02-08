--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1422,60 +1422,60 @@
       </c>
       <c r="R21" s="13">
         <v>0.0</v>
       </c>
       <c r="S21" s="13">
         <v>0.0</v>
       </c>
       <c r="T21" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="13">
         <v>5.36</v>
       </c>
       <c r="C22" s="13">
         <v>5.12</v>
       </c>
       <c r="D22" s="13">
         <v>4.76</v>
       </c>
       <c r="E22" s="13">
-        <v>3.56</v>
+        <v>0.0</v>
       </c>
       <c r="F22" s="13">
-        <v>3.71</v>
+        <v>0.0</v>
       </c>
       <c r="G22" s="13">
-        <v>3.57</v>
+        <v>0.0</v>
       </c>
       <c r="H22" s="13">
-        <v>3.12</v>
+        <v>0.0</v>
       </c>
       <c r="I22" s="13">
         <v>0.0</v>
       </c>
       <c r="J22" s="13">
         <v>0.0</v>
       </c>
       <c r="K22" s="13">
         <v>0.0</v>
       </c>
       <c r="L22" s="13">
         <v>0.0</v>
       </c>
       <c r="M22" s="13">
         <v>0.0</v>
       </c>
       <c r="N22" s="13">
         <v>0.0</v>
       </c>
       <c r="O22" s="13">
         <v>0.0</v>
       </c>
       <c r="P22" s="13">
         <v>0.0</v>
       </c>