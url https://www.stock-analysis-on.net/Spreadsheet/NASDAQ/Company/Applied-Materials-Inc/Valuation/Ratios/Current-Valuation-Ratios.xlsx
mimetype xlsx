--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -721,271 +721,271 @@
       <c r="D16" s="10">
         <v>69.2</v>
       </c>
       <c r="E16" s="10">
         <v>68.25</v>
       </c>
       <c r="F16" s="10">
         <v>0.0</v>
       </c>
       <c r="G16" s="10">
         <v>46.57</v>
       </c>
       <c r="H16" s="10">
         <v>53.84</v>
       </c>
       <c r="I16" s="10">
         <v>52.020000000000003</v>
       </c>
       <c r="J16" s="10">
         <v>61.82</v>
       </c>
       <c r="K16" s="10">
         <v>26.45</v>
       </c>
       <c r="L16" s="10">
-        <v>41.93</v>
+        <v>40.19</v>
       </c>
       <c r="M16" s="10">
-        <v>168.31999999999999</v>
+        <v>168.31</v>
       </c>
       <c r="N16" s="10">
         <v>61.72</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="10">
         <v>26.99</v>
       </c>
       <c r="C17" s="10">
         <v>74.90000000000001</v>
       </c>
       <c r="D17" s="10">
         <v>68.12</v>
       </c>
       <c r="E17" s="10">
         <v>68.81999999999999</v>
       </c>
       <c r="F17" s="10">
         <v>0.0</v>
       </c>
       <c r="G17" s="10">
         <v>28.76</v>
       </c>
       <c r="H17" s="10">
         <v>37.3</v>
       </c>
       <c r="I17" s="10">
         <v>47.98</v>
       </c>
       <c r="J17" s="10">
         <v>44.29</v>
       </c>
       <c r="K17" s="10">
         <v>20.13</v>
       </c>
       <c r="L17" s="10">
-        <v>35.99</v>
+        <v>36.14</v>
       </c>
       <c r="M17" s="10">
-        <v>152.41999999999999</v>
+        <v>152.41</v>
       </c>
       <c r="N17" s="10">
         <v>49.15</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="10">
         <v>1.03</v>
       </c>
       <c r="C18" s="10">
         <v>16.79</v>
       </c>
       <c r="D18" s="10">
         <v>43.68</v>
       </c>
       <c r="E18" s="10">
         <v>0.0</v>
       </c>
       <c r="F18" s="10">
         <v>0.0</v>
       </c>
       <c r="G18" s="10">
         <v>0.75</v>
       </c>
       <c r="H18" s="10">
         <v>1.21</v>
       </c>
       <c r="I18" s="10">
         <v>6.18</v>
       </c>
       <c r="J18" s="10">
         <v>1.56</v>
       </c>
       <c r="K18" s="10">
         <v>0.84</v>
       </c>
       <c r="L18" s="10">
-        <v>2.54</v>
+        <v>3.59</v>
       </c>
       <c r="M18" s="10">
         <v>16.14</v>
       </c>
       <c r="N18" s="10">
         <v>2.42</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="10">
         <v>30.85</v>
       </c>
       <c r="C19" s="10">
         <v>92.0</v>
       </c>
       <c r="D19" s="10">
         <v>53.51</v>
       </c>
       <c r="E19" s="10">
         <v>61.94</v>
       </c>
       <c r="F19" s="10">
         <v>0.0</v>
       </c>
       <c r="G19" s="10">
         <v>39.61</v>
       </c>
       <c r="H19" s="10">
         <v>48.89</v>
       </c>
       <c r="I19" s="10">
         <v>45.47</v>
       </c>
       <c r="J19" s="10">
         <v>55.31</v>
       </c>
       <c r="K19" s="10">
         <v>11.86</v>
       </c>
       <c r="L19" s="10">
-        <v>36.82</v>
+        <v>33.37</v>
       </c>
       <c r="M19" s="10">
-        <v>117.72</v>
+        <v>117.70999999999999</v>
       </c>
       <c r="N19" s="10">
         <v>47.89</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="10">
         <v>9.0099999999999998</v>
       </c>
       <c r="C20" s="10">
         <v>9.81</v>
       </c>
       <c r="D20" s="10">
         <v>14.24</v>
       </c>
       <c r="E20" s="10">
         <v>24.71</v>
       </c>
       <c r="F20" s="10">
         <v>4.78</v>
       </c>
       <c r="G20" s="10">
         <v>15.56</v>
       </c>
       <c r="H20" s="10">
         <v>15.65</v>
       </c>
       <c r="I20" s="10">
         <v>11.88</v>
       </c>
       <c r="J20" s="10">
         <v>34.53</v>
       </c>
       <c r="K20" s="10">
         <v>3.31</v>
       </c>
       <c r="L20" s="10">
-        <v>12.86</v>
+        <v>11.37</v>
       </c>
       <c r="M20" s="10">
-        <v>25.15</v>
+        <v>25.14</v>
       </c>
       <c r="N20" s="10">
         <v>12.74</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="10">
         <v>12.53</v>
       </c>
       <c r="C21" s="10">
         <v>5.39</v>
       </c>
       <c r="D21" s="10">
         <v>4.64</v>
       </c>
       <c r="E21" s="10">
         <v>19.42</v>
       </c>
       <c r="F21" s="10">
         <v>2.21</v>
       </c>
       <c r="G21" s="10">
         <v>40.31</v>
       </c>
       <c r="H21" s="10">
         <v>29.25</v>
       </c>
       <c r="I21" s="10">
         <v>8.2</v>
       </c>
       <c r="J21" s="10">
         <v>56.8</v>
       </c>
       <c r="K21" s="10">
         <v>6.91</v>
       </c>
       <c r="L21" s="10">
-        <v>11.9</v>
+        <v>12.35</v>
       </c>
       <c r="M21" s="10">
         <v>19.81</v>
       </c>
       <c r="N21" s="10">
         <v>18.12</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="11"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>