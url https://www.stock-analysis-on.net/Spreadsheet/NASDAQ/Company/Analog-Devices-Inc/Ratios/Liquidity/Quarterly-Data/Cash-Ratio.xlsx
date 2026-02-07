--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1585,108 +1585,108 @@
       </c>
       <c r="P24" s="14">
         <v>0.86</v>
       </c>
       <c r="Q24" s="14">
         <v>0.92</v>
       </c>
       <c r="R24" s="14">
         <v>1.04</v>
       </c>
       <c r="S24" s="14">
         <v>1.13</v>
       </c>
       <c r="T24" s="14">
         <v>1.27</v>
       </c>
       <c r="U24" s="14">
         <v>1.33</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="14">
-        <v>0.0</v>
+        <v>1.55</v>
       </c>
       <c r="C25" s="14">
         <v>1.66</v>
       </c>
       <c r="D25" s="14">
         <v>2.15</v>
       </c>
       <c r="E25" s="14">
         <v>2.0099999999999998</v>
       </c>
       <c r="F25" s="14">
         <v>2.08</v>
       </c>
       <c r="G25" s="14">
         <v>2.37</v>
       </c>
       <c r="H25" s="14">
         <v>2.66</v>
       </c>
       <c r="I25" s="14">
         <v>2.93</v>
       </c>
       <c r="J25" s="14">
         <v>2.58</v>
       </c>
       <c r="K25" s="14">
         <v>3.37</v>
       </c>
       <c r="L25" s="14">
         <v>3.52</v>
       </c>
       <c r="M25" s="14">
         <v>3.29</v>
       </c>
       <c r="N25" s="14">
         <v>3.04</v>
       </c>
       <c r="O25" s="14">
         <v>3.25</v>
       </c>
       <c r="P25" s="14">
         <v>3.28</v>
       </c>
       <c r="Q25" s="14">
         <v>3.89</v>
       </c>
       <c r="R25" s="14">
-        <v>3.79</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="14">
-        <v>4.05</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="14">
-        <v>3.36</v>
+        <v>0.0</v>
       </c>
       <c r="U25" s="14">
-        <v>3.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="15"/>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15"/>
       <c r="L26" s="15"/>
       <c r="M26" s="15"/>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" s="15"/>
       <c r="S26" s="15"/>
       <c r="T26" s="15"/>