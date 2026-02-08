--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -637,142 +637,133 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T12"/>
+  <dimension ref="A1:Q12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T12" sqref="T12"/>
+      <selection activeCell="Q12" sqref="Q12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="8" t="e">
@@ -780,61 +771,52 @@
       </c>
       <c r="J8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="8" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
@@ -842,61 +824,52 @@
       </c>
       <c r="J9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="8" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
@@ -904,61 +877,52 @@
       </c>
       <c r="J10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="8" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -966,188 +930,167 @@
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
       <c r="N12" s="9"/>
       <c r="O12" s="9"/>
       <c r="P12" s="9"/>
       <c r="Q12" s="9"/>
-      <c r="R12" s="9"/>
-[...1 lines deleted...]
-      <c r="T12" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="10" t="e">
@@ -1155,66 +1098,57 @@
       </c>
       <c r="J8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="10" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="10" t="e">
@@ -1222,61 +1156,52 @@
       </c>
       <c r="J10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="10" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -1284,61 +1209,52 @@
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -1346,66 +1262,57 @@
       </c>
       <c r="J12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="14" t="e">
@@ -1413,71 +1320,62 @@
       </c>
       <c r="J14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="14" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
       <c r="A15" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:20" customHeight="1" ht="28.8">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -1485,61 +1383,52 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -1547,61 +1436,52 @@
       </c>
       <c r="J18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -1609,188 +1489,167 @@
       </c>
       <c r="J19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="8" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
       <c r="P20" s="9"/>
       <c r="Q20" s="9"/>
-      <c r="R20" s="9"/>
-[...1 lines deleted...]
-      <c r="T20" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="10" t="e">
@@ -1798,66 +1657,57 @@
       </c>
       <c r="J8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="10" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="10" t="e">
@@ -1865,61 +1715,52 @@
       </c>
       <c r="J10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="10" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -1927,61 +1768,52 @@
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -1989,66 +1821,57 @@
       </c>
       <c r="J12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="14" t="e">
@@ -2056,71 +1879,62 @@
       </c>
       <c r="J14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="14" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
       <c r="A15" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:20" customHeight="1" ht="28.8">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -2128,61 +1942,52 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -2190,61 +1995,52 @@
       </c>
       <c r="J18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -2252,188 +2048,167 @@
       </c>
       <c r="J19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="8" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
       <c r="P20" s="9"/>
       <c r="Q20" s="9"/>
-      <c r="R20" s="9"/>
-[...1 lines deleted...]
-      <c r="T20" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="10" t="e">
@@ -2441,66 +2216,57 @@
       </c>
       <c r="J8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="10" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="10" t="e">
@@ -2508,61 +2274,52 @@
       </c>
       <c r="J10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="10" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="12" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -2570,61 +2327,52 @@
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -2632,66 +2380,57 @@
       </c>
       <c r="J12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="13" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="14" t="e">
@@ -2699,71 +2438,62 @@
       </c>
       <c r="J14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="14" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
       <c r="A15" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:20" customHeight="1" ht="28.8">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -2771,61 +2501,52 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -2833,61 +2554,52 @@
       </c>
       <c r="J18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -2895,188 +2607,167 @@
       </c>
       <c r="J19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="8" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
       <c r="P20" s="9"/>
       <c r="Q20" s="9"/>
-      <c r="R20" s="9"/>
-[...1 lines deleted...]
-      <c r="T20" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:Q20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T20" sqref="T20"/>
+      <selection activeCell="Q20" sqref="Q20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="10" t="e">
@@ -3084,66 +2775,57 @@
       </c>
       <c r="J8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="10" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="9" spans="1:17" customHeight="1" ht="34.8">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:20">
+    <row r="10" spans="1:17">
       <c r="A10" s="12" t="s">
         <v>33</v>
       </c>
       <c r="B10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="10" t="e">
@@ -3151,61 +2833,52 @@
       </c>
       <c r="J10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="10" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="10" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -3213,61 +2886,52 @@
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="8" t="e">
@@ -3275,66 +2939,57 @@
       </c>
       <c r="J12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="8" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="11" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" spans="1:20">
+    <row r="14" spans="1:17">
       <c r="A14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I14" s="14" t="e">
@@ -3342,71 +2997,62 @@
       </c>
       <c r="J14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q14" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R14" s="14" t="e">
-[...9 lines deleted...]
-    <row r="15" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="15" spans="1:17" customHeight="1" ht="34.8">
       <c r="A15" s="11" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:20" customHeight="1" ht="28.8">
+    <row r="16" spans="1:17" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -3414,61 +3060,52 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -3476,61 +3113,52 @@
       </c>
       <c r="J18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="16" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -3538,83 +3166,71 @@
       </c>
       <c r="J19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="8" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="9"/>
       <c r="P20" s="9"/>
       <c r="Q20" s="9"/>
-      <c r="R20" s="9"/>
-[...1 lines deleted...]
-      <c r="T20" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">