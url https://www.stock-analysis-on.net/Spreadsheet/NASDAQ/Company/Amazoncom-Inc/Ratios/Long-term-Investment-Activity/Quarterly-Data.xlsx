--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -616,142 +616,133 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T12"/>
+  <dimension ref="A1:Q12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T12" sqref="T12"/>
+      <selection activeCell="Q12" sqref="Q12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20">
+    </row>
+    <row r="8" spans="1:17">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I8" s="8" t="e">
@@ -759,61 +750,52 @@
       </c>
       <c r="J8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q8" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R8" s="8" t="e">
-[...9 lines deleted...]
-    <row r="9" spans="1:20">
+    </row>
+    <row r="9" spans="1:17">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="8" t="e">
@@ -821,61 +803,52 @@
       </c>
       <c r="J9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="8" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="8" t="e">
@@ -883,61 +856,52 @@
       </c>
       <c r="J10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="8" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="8" t="e">
@@ -945,193 +909,172 @@
       </c>
       <c r="J11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="8" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="9"/>
       <c r="K12" s="9"/>
       <c r="L12" s="9"/>
       <c r="M12" s="9"/>
       <c r="N12" s="9"/>
       <c r="O12" s="9"/>
       <c r="P12" s="9"/>
       <c r="Q12" s="9"/>
-      <c r="R12" s="9"/>
-[...1 lines deleted...]
-      <c r="T12" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T18"/>
+  <dimension ref="A1:Q18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T18" sqref="T18"/>
+      <selection activeCell="Q18" sqref="Q18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="12" t="e">
@@ -1139,61 +1082,52 @@
       </c>
       <c r="J9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="12" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="12" t="e">
@@ -1201,66 +1135,57 @@
       </c>
       <c r="J10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="12" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="13" t="s">
         <v>4</v>
       </c>
       <c r="B12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="14" t="e">
@@ -1268,71 +1193,62 @@
       </c>
       <c r="J12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="14" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
@@ -1340,61 +1256,52 @@
       </c>
       <c r="J15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="8" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
@@ -1402,61 +1309,52 @@
       </c>
       <c r="J16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="8" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -1464,193 +1362,172 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="9"/>
       <c r="P18" s="9"/>
       <c r="Q18" s="9"/>
-      <c r="R18" s="9"/>
-[...1 lines deleted...]
-      <c r="T18" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T21"/>
+  <dimension ref="A1:Q21"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T21" sqref="T21"/>
+      <selection activeCell="Q21" sqref="Q21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="12" t="e">
@@ -1658,61 +1535,52 @@
       </c>
       <c r="J9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="12" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20">
+    </row>
+    <row r="11" spans="1:17">
       <c r="A11" s="11" t="s">
         <v>12</v>
       </c>
       <c r="B11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I11" s="12" t="e">
@@ -1720,61 +1588,52 @@
       </c>
       <c r="J11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P11" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q11" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R11" s="12" t="e">
-[...9 lines deleted...]
-    <row r="12" spans="1:20">
+    </row>
+    <row r="12" spans="1:17">
       <c r="A12" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="12" t="e">
@@ -1782,61 +1641,52 @@
       </c>
       <c r="J12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="12" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="17" t="e">
@@ -1844,66 +1694,57 @@
       </c>
       <c r="J13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="17" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="17" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="14" spans="1:17" customHeight="1" ht="34.8">
       <c r="A14" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="14" t="e">
@@ -1911,71 +1752,62 @@
       </c>
       <c r="J15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="14" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="16" spans="1:17" customHeight="1" ht="34.8">
       <c r="A16" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="17" spans="1:20" customHeight="1" ht="28.8">
+    <row r="17" spans="1:17" customHeight="1" ht="28.8">
       <c r="A17" s="15" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="18" spans="1:20">
+    <row r="18" spans="1:17">
       <c r="A18" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="8" t="e">
@@ -1983,61 +1815,52 @@
       </c>
       <c r="J18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="8" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I19" s="8" t="e">
@@ -2045,61 +1868,52 @@
       </c>
       <c r="J19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P19" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q19" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R19" s="8" t="e">
-[...9 lines deleted...]
-    <row r="20" spans="1:20">
+    </row>
+    <row r="20" spans="1:17">
       <c r="A20" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I20" s="8" t="e">
@@ -2107,193 +1921,172 @@
       </c>
       <c r="J20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P20" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q20" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R20" s="8" t="e">
-[...9 lines deleted...]
-    <row r="21" spans="1:20">
+    </row>
+    <row r="21" spans="1:17">
       <c r="A21" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9"/>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
       <c r="F21" s="9"/>
       <c r="G21" s="9"/>
       <c r="H21" s="9"/>
       <c r="I21" s="9"/>
       <c r="J21" s="9"/>
       <c r="K21" s="9"/>
       <c r="L21" s="9"/>
       <c r="M21" s="9"/>
       <c r="N21" s="9"/>
       <c r="O21" s="9"/>
       <c r="P21" s="9"/>
       <c r="Q21" s="9"/>
-      <c r="R21" s="9"/>
-[...1 lines deleted...]
-      <c r="T21" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T18"/>
+  <dimension ref="A1:Q18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T18" sqref="T18"/>
+      <selection activeCell="Q18" sqref="Q18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="12" t="e">
@@ -2301,61 +2094,52 @@
       </c>
       <c r="J9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="12" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="12" t="e">
@@ -2363,66 +2147,57 @@
       </c>
       <c r="J10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="12" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="14" t="e">
@@ -2430,71 +2205,62 @@
       </c>
       <c r="J12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="14" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
@@ -2502,61 +2268,52 @@
       </c>
       <c r="J15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="8" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
@@ -2564,61 +2321,52 @@
       </c>
       <c r="J16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="8" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -2626,193 +2374,172 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="9"/>
       <c r="P18" s="9"/>
       <c r="Q18" s="9"/>
-      <c r="R18" s="9"/>
-[...1 lines deleted...]
-      <c r="T18" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T18"/>
+  <dimension ref="A1:Q18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T18" sqref="T18"/>
+      <selection activeCell="Q18" sqref="Q18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="10" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="12" t="e">
@@ -2820,61 +2547,52 @@
       </c>
       <c r="J9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="12" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="12" t="e">
@@ -2882,66 +2600,57 @@
       </c>
       <c r="J10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="12" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="12" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="10" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="13" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="14" t="e">
@@ -2949,71 +2658,62 @@
       </c>
       <c r="J12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="14" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="14" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="10" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="16" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="8" t="e">
@@ -3021,61 +2721,52 @@
       </c>
       <c r="J15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="8" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="16" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="8" t="e">
@@ -3083,61 +2774,52 @@
       </c>
       <c r="J16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="8" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="16" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="8" t="e">
@@ -3145,83 +2827,71 @@
       </c>
       <c r="J17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="8" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="8" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="9" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="9"/>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9"/>
       <c r="G18" s="9"/>
       <c r="H18" s="9"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
       <c r="K18" s="9"/>
       <c r="L18" s="9"/>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="9"/>
       <c r="P18" s="9"/>
       <c r="Q18" s="9"/>
-      <c r="R18" s="9"/>
-[...1 lines deleted...]
-      <c r="T18" s="9"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">