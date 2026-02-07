--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -74,51 +74,51 @@
   <si>
     <t>Accounts payable</t>
   </si>
   <si>
     <t>Accrued expenses and other</t>
   </si>
   <si>
     <t>Unearned revenue</t>
   </si>
   <si>
     <t>Changes in operating assets and liabilities</t>
   </si>
   <si>
     <t>Adjustments to reconcile net income (loss) to net cash from operating activities</t>
   </si>
   <si>
     <t>Net cash provided by operating activities</t>
   </si>
   <si>
     <t>Purchases of property and equipment</t>
   </si>
   <si>
     <t>Proceeds from property and equipment sales and incentives</t>
   </si>
   <si>
-    <t>Acquisitions, net of cash acquired, non-marketable investments, and other</t>
+    <t>Acquisitions, net of cash acquired, non-marketable investments, and other, net</t>
   </si>
   <si>
     <t>Sales and maturities of marketable securities</t>
   </si>
   <si>
     <t>Purchases of marketable securities</t>
   </si>
   <si>
     <t>Net cash used in investing activities</t>
   </si>
   <si>
     <t>Common stock repurchased</t>
   </si>
   <si>
     <t>Proceeds from short-term debt, and other</t>
   </si>
   <si>
     <t>Repayments of short-term debt, and other</t>
   </si>
   <si>
     <t>Proceeds from long-term debt</t>
   </si>
   <si>
     <t>Repayments of long-term debt</t>
   </si>
@@ -605,703 +605,703 @@
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C5" s="4">
         <v>45657</v>
       </c>
-      <c r="C5" s="4">
+      <c r="D5" s="4">
         <v>45291</v>
       </c>
-      <c r="D5" s="4">
+      <c r="E5" s="4">
         <v>44926</v>
       </c>
-      <c r="E5" s="4">
+      <c r="F5" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="6">
+        <v>77670.0</v>
+      </c>
+      <c r="C6" s="6">
         <v>59248.0</v>
       </c>
-      <c r="C6" s="6">
+      <c r="D6" s="6">
         <v>30425.0</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>-2722.0</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>33364.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>21331.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="6">
+        <v>65756.0</v>
+      </c>
+      <c r="C7" s="6">
         <v>52795.0</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>48663.0</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>41921.0</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>34433.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>25180.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="6">
+        <v>19467.0</v>
+      </c>
+      <c r="C8" s="6">
         <v>22011.0</v>
       </c>
-      <c r="C8" s="6">
+      <c r="D8" s="6">
         <v>24023.0</v>
       </c>
-      <c r="D8" s="6">
+      <c r="E8" s="6">
         <v>19621.0</v>
       </c>
-      <c r="E8" s="6">
+      <c r="F8" s="6">
         <v>12757.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>9208.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="6">
+        <v>-14880.0</v>
+      </c>
+      <c r="C9" s="6">
         <v>2012.0</v>
       </c>
-      <c r="C9" s="6">
+      <c r="D9" s="6">
         <v>-748.0</v>
       </c>
-      <c r="D9" s="6">
+      <c r="E9" s="6">
         <v>16966.0</v>
       </c>
-      <c r="E9" s="6">
+      <c r="F9" s="6">
         <v>-14306.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-2582.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="6">
+        <v>11470.0</v>
+      </c>
+      <c r="C10" s="6">
         <v>-4648.0</v>
       </c>
-      <c r="C10" s="6">
+      <c r="D10" s="6">
         <v>-5876.0</v>
       </c>
-      <c r="D10" s="6">
+      <c r="E10" s="6">
         <v>-8148.0</v>
       </c>
-      <c r="E10" s="6">
+      <c r="F10" s="6">
         <v>-310.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-554.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="6">
+        <v>-3002.0</v>
+      </c>
+      <c r="C11" s="6">
         <v>-1884.0</v>
       </c>
-      <c r="C11" s="6">
+      <c r="D11" s="6">
         <v>1449.0</v>
       </c>
-      <c r="D11" s="6">
+      <c r="E11" s="6">
         <v>-2592.0</v>
       </c>
-      <c r="E11" s="6">
+      <c r="F11" s="6">
         <v>-9487.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-2849.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="6">
+        <v>-7333.0</v>
+      </c>
+      <c r="C12" s="6">
         <v>-3249.0</v>
       </c>
-      <c r="C12" s="6">
+      <c r="D12" s="6">
         <v>-8348.0</v>
       </c>
-      <c r="D12" s="6">
+      <c r="E12" s="6">
         <v>-8622.0</v>
       </c>
-      <c r="E12" s="6">
+      <c r="F12" s="6">
         <v>-9145.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-8169.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="6">
+        <v>-15632.0</v>
+      </c>
+      <c r="C13" s="6">
         <v>-14483.0</v>
       </c>
-      <c r="C13" s="6">
+      <c r="D13" s="6">
         <v>-12265.0</v>
       </c>
-      <c r="D13" s="6">
+      <c r="E13" s="6">
         <v>-13275.0</v>
       </c>
-      <c r="E13" s="6">
+      <c r="F13" s="6">
         <v>-9018.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="6">
+        <v>11231.0</v>
+      </c>
+      <c r="C14" s="6">
         <v>2972.0</v>
       </c>
-      <c r="C14" s="6">
+      <c r="D14" s="6">
         <v>5473.0</v>
       </c>
-      <c r="D14" s="6">
+      <c r="E14" s="6">
         <v>2945.0</v>
       </c>
-      <c r="E14" s="6">
+      <c r="F14" s="6">
         <v>3602.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>17480.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="6">
+        <v>-5019.0</v>
+      </c>
+      <c r="C15" s="6">
         <v>-2904.0</v>
       </c>
-      <c r="C15" s="6">
+      <c r="D15" s="6">
         <v>-2428.0</v>
       </c>
-      <c r="D15" s="6">
+      <c r="E15" s="6">
         <v>-1558.0</v>
       </c>
-      <c r="E15" s="6">
+      <c r="F15" s="6">
         <v>2123.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5754.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="6">
+        <v>-214.0</v>
+      </c>
+      <c r="C16" s="6">
         <v>4007.0</v>
       </c>
-      <c r="C16" s="6">
+      <c r="D16" s="6">
         <v>4578.0</v>
       </c>
-      <c r="D16" s="6">
+      <c r="E16" s="6">
         <v>2216.0</v>
       </c>
-      <c r="E16" s="6">
+      <c r="F16" s="6">
         <v>2314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>1265.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="10">
+        <v>-19969.0</v>
+      </c>
+      <c r="C17" s="10">
         <v>-15541.0</v>
       </c>
-      <c r="C17" s="10">
+      <c r="D17" s="10">
         <v>-11541.0</v>
       </c>
-      <c r="D17" s="10">
+      <c r="E17" s="10">
         <v>-20886.0</v>
       </c>
-      <c r="E17" s="10">
+      <c r="F17" s="10">
         <v>-19611.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>13481.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
+        <v>61844.0</v>
+      </c>
+      <c r="C18" s="10">
         <v>56629.0</v>
       </c>
-      <c r="C18" s="10">
+      <c r="D18" s="10">
         <v>54521.0</v>
       </c>
-      <c r="D18" s="10">
+      <c r="E18" s="10">
         <v>49474.0</v>
       </c>
-      <c r="E18" s="10">
+      <c r="F18" s="10">
         <v>12963.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>44733.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="10">
+        <v>139514.0</v>
+      </c>
+      <c r="C19" s="10">
         <v>115877.0</v>
       </c>
-      <c r="C19" s="10">
+      <c r="D19" s="10">
         <v>84946.0</v>
       </c>
-      <c r="D19" s="10">
+      <c r="E19" s="10">
         <v>46752.0</v>
       </c>
-      <c r="E19" s="10">
+      <c r="F19" s="10">
         <v>46327.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>66064.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="6">
+        <v>-131819.0</v>
+      </c>
+      <c r="C20" s="6">
         <v>-82999.0</v>
       </c>
-      <c r="C20" s="6">
+      <c r="D20" s="6">
         <v>-52729.0</v>
       </c>
-      <c r="D20" s="6">
+      <c r="E20" s="6">
         <v>-63645.0</v>
       </c>
-      <c r="E20" s="6">
+      <c r="F20" s="6">
         <v>-61053.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-40140.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="6">
+        <v>3499.0</v>
+      </c>
+      <c r="C21" s="6">
         <v>5341.0</v>
       </c>
-      <c r="C21" s="6">
+      <c r="D21" s="6">
         <v>4596.0</v>
       </c>
-      <c r="D21" s="6">
+      <c r="E21" s="6">
         <v>5324.0</v>
       </c>
-      <c r="E21" s="6">
+      <c r="F21" s="6">
         <v>5657.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5096.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="6">
+        <v>-3841.0</v>
+      </c>
+      <c r="C22" s="6">
         <v>-7082.0</v>
       </c>
-      <c r="C22" s="6">
+      <c r="D22" s="6">
         <v>-5839.0</v>
       </c>
-      <c r="D22" s="6">
+      <c r="E22" s="6">
         <v>-8316.0</v>
       </c>
-      <c r="E22" s="6">
+      <c r="F22" s="6">
         <v>-1985.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-2325.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="6">
+        <v>44386.0</v>
+      </c>
+      <c r="C23" s="6">
         <v>16403.0</v>
       </c>
-      <c r="C23" s="6">
+      <c r="D23" s="6">
         <v>5627.0</v>
       </c>
-      <c r="D23" s="6">
+      <c r="E23" s="6">
         <v>31601.0</v>
       </c>
-      <c r="E23" s="6">
+      <c r="F23" s="6">
         <v>59384.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>50237.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="6">
+        <v>-54770.0</v>
+      </c>
+      <c r="C24" s="6">
         <v>-26005.0</v>
       </c>
-      <c r="C24" s="6">
+      <c r="D24" s="6">
         <v>-1488.0</v>
       </c>
-      <c r="D24" s="6">
+      <c r="E24" s="6">
         <v>-2565.0</v>
       </c>
-      <c r="E24" s="6">
+      <c r="F24" s="6">
         <v>-60157.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-72479.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="10">
+        <v>-142545.0</v>
+      </c>
+      <c r="C25" s="10">
         <v>-94342.0</v>
       </c>
-      <c r="C25" s="10">
+      <c r="D25" s="10">
         <v>-49833.0</v>
       </c>
-      <c r="D25" s="10">
+      <c r="E25" s="10">
         <v>-37601.0</v>
       </c>
-      <c r="E25" s="10">
+      <c r="F25" s="10">
         <v>-58154.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-59611.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="6">
         <v>0.0</v>
       </c>
       <c r="C26" s="6">
         <v>0.0</v>
       </c>
       <c r="D26" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E26" s="6">
         <v>-6000.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
       <c r="F26" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="6">
+        <v>9320.0</v>
+      </c>
+      <c r="C27" s="6">
         <v>5142.0</v>
       </c>
-      <c r="C27" s="6">
+      <c r="D27" s="6">
         <v>18129.0</v>
       </c>
-      <c r="D27" s="6">
+      <c r="E27" s="6">
         <v>41553.0</v>
       </c>
-      <c r="E27" s="6">
+      <c r="F27" s="6">
         <v>7956.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>6796.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="6">
+        <v>-8426.0</v>
+      </c>
+      <c r="C28" s="6">
         <v>-5060.0</v>
       </c>
-      <c r="C28" s="6">
+      <c r="D28" s="6">
         <v>-25677.0</v>
       </c>
-      <c r="D28" s="6">
+      <c r="E28" s="6">
         <v>-37554.0</v>
       </c>
-      <c r="E28" s="6">
+      <c r="F28" s="6">
         <v>-7753.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-6177.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="6">
-        <v>0.0</v>
+        <v>15673.0</v>
       </c>
       <c r="C29" s="6">
         <v>0.0</v>
       </c>
       <c r="D29" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E29" s="6">
         <v>21166.0</v>
       </c>
-      <c r="E29" s="6">
+      <c r="F29" s="6">
         <v>19003.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>10525.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="6">
+        <v>-5021.0</v>
+      </c>
+      <c r="C30" s="6">
         <v>-9182.0</v>
       </c>
-      <c r="C30" s="6">
+      <c r="D30" s="6">
         <v>-3676.0</v>
       </c>
-      <c r="D30" s="6">
+      <c r="E30" s="6">
         <v>-1258.0</v>
       </c>
-      <c r="E30" s="6">
+      <c r="F30" s="6">
         <v>-1590.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1553.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="6">
+        <v>-1557.0</v>
+      </c>
+      <c r="C31" s="6">
         <v>-2043.0</v>
       </c>
-      <c r="C31" s="6">
+      <c r="D31" s="6">
         <v>-4384.0</v>
       </c>
-      <c r="D31" s="6">
+      <c r="E31" s="6">
         <v>-7941.0</v>
       </c>
-      <c r="E31" s="6">
+      <c r="F31" s="6">
         <v>-11163.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-10642.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="6">
+        <v>-328.0</v>
+      </c>
+      <c r="C32" s="6">
         <v>-669.0</v>
       </c>
-      <c r="C32" s="6">
+      <c r="D32" s="6">
         <v>-271.0</v>
       </c>
-      <c r="D32" s="6">
+      <c r="E32" s="6">
         <v>-248.0</v>
       </c>
-      <c r="E32" s="6">
+      <c r="F32" s="6">
         <v>-162.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-53.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="12" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="10">
+        <v>9661.0</v>
+      </c>
+      <c r="C33" s="10">
         <v>-11812.0</v>
       </c>
-      <c r="C33" s="10">
+      <c r="D33" s="10">
         <v>-15879.0</v>
       </c>
-      <c r="D33" s="10">
+      <c r="E33" s="10">
         <v>9718.0</v>
       </c>
-      <c r="E33" s="10">
+      <c r="F33" s="10">
         <v>6291.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-1104.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="6">
+        <v>1164.0</v>
+      </c>
+      <c r="C34" s="6">
         <v>-1301.0</v>
       </c>
-      <c r="C34" s="6">
+      <c r="D34" s="6">
         <v>403.0</v>
       </c>
-      <c r="D34" s="6">
+      <c r="E34" s="6">
         <v>-1093.0</v>
       </c>
-      <c r="E34" s="6">
+      <c r="F34" s="6">
         <v>-364.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>618.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="10">
+        <v>7794.0</v>
+      </c>
+      <c r="C35" s="10">
         <v>8422.0</v>
       </c>
-      <c r="C35" s="10">
+      <c r="D35" s="10">
         <v>19637.0</v>
       </c>
-      <c r="D35" s="10">
+      <c r="E35" s="10">
         <v>17776.0</v>
       </c>
-      <c r="E35" s="10">
+      <c r="F35" s="10">
         <v>-5900.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5967.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="6">
+        <v>82312.0</v>
+      </c>
+      <c r="C36" s="6">
         <v>73890.0</v>
       </c>
-      <c r="C36" s="6">
+      <c r="D36" s="6">
         <v>54253.0</v>
       </c>
-      <c r="D36" s="6">
+      <c r="E36" s="6">
         <v>36477.0</v>
       </c>
-      <c r="E36" s="6">
+      <c r="F36" s="6">
         <v>42377.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>36410.0</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="13" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="10">
+        <v>90106.0</v>
+      </c>
+      <c r="C37" s="10">
         <v>82312.0</v>
       </c>
-      <c r="C37" s="10">
+      <c r="D37" s="10">
         <v>73890.0</v>
       </c>
-      <c r="D37" s="10">
+      <c r="E37" s="10">
         <v>54253.0</v>
       </c>
-      <c r="E37" s="10">
+      <c r="F37" s="10">
         <v>36477.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>42377.0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="14"/>
       <c r="C38" s="14"/>
       <c r="D38" s="14"/>
       <c r="E38" s="14"/>
       <c r="F38" s="14"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>