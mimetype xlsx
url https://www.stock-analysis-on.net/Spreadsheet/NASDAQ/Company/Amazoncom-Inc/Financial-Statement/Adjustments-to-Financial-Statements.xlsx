--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -693,63 +693,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -839,63 +839,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1025,63 +1025,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1171,63 +1171,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1357,63 +1357,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1543,63 +1543,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1956,63 +1956,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>41</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -2104,63 +2104,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>