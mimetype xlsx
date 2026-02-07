--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -1290,51 +1290,51 @@
       </c>
       <c r="L21" s="13">
         <v>0.85</v>
       </c>
       <c r="M21" s="13">
         <v>0.86</v>
       </c>
       <c r="N21" s="13">
         <v>0.9</v>
       </c>
       <c r="O21" s="13">
         <v>0.9</v>
       </c>
       <c r="P21" s="13">
         <v>0.89</v>
       </c>
       <c r="Q21" s="13">
         <v>0.84</v>
       </c>
     </row>
     <row r="22" spans="1:17">
       <c r="A22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="13">
-        <v>0.0</v>
+        <v>0.51</v>
       </c>
       <c r="C22" s="13">
         <v>0.49</v>
       </c>
       <c r="D22" s="13">
         <v>0.48</v>
       </c>
       <c r="E22" s="13">
         <v>0.48</v>
       </c>
       <c r="F22" s="13">
         <v>0.44</v>
       </c>
       <c r="G22" s="13">
         <v>0.44</v>
       </c>
       <c r="H22" s="13">
         <v>0.46</v>
       </c>
       <c r="I22" s="13">
         <v>0.48</v>
       </c>
       <c r="J22" s="13">
         <v>0.54</v>
       </c>