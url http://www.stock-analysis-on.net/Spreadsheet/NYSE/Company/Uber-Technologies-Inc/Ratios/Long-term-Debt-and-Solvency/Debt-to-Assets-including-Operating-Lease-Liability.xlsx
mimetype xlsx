--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -856,51 +856,51 @@
       </c>
       <c r="E20" s="14">
         <v>0.44</v>
       </c>
       <c r="F20" s="14">
         <v>0.49</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="14">
         <v>0.48</v>
       </c>
       <c r="C21" s="14">
         <v>0.51</v>
       </c>
       <c r="D21" s="14">
         <v>0.53</v>
       </c>
       <c r="E21" s="14">
         <v>0.5</v>
       </c>
       <c r="F21" s="14">
-        <v>0.45</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
         <v>0.45</v>
       </c>
       <c r="C22" s="14">
         <v>0.52</v>
       </c>
       <c r="D22" s="14">
         <v>0.55</v>
       </c>
       <c r="E22" s="14">
         <v>0.6</v>
       </c>
       <c r="F22" s="14">
         <v>0.57</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>19</v>