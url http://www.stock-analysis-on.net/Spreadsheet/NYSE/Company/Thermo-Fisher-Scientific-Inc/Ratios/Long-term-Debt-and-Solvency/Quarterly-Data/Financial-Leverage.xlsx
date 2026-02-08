--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1455,60 +1455,60 @@
       <c r="I22" s="13">
         <v>1.27</v>
       </c>
       <c r="J22" s="13">
         <v>1.29</v>
       </c>
       <c r="K22" s="13">
         <v>1.28</v>
       </c>
       <c r="L22" s="13">
         <v>1.28</v>
       </c>
       <c r="M22" s="13">
         <v>1.29</v>
       </c>
       <c r="N22" s="13">
         <v>1.29</v>
       </c>
       <c r="O22" s="13">
         <v>1.32</v>
       </c>
       <c r="P22" s="13">
         <v>1.32</v>
       </c>
       <c r="Q22" s="13">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="R22" s="13">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="13">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="13">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="13">
         <v>1.44</v>
       </c>
       <c r="C23" s="13">
         <v>1.4</v>
       </c>
       <c r="D23" s="13">
         <v>1.39</v>
       </c>
       <c r="E23" s="13">
         <v>1.37</v>
       </c>
       <c r="F23" s="13">
         <v>1.42</v>
       </c>
       <c r="G23" s="13">
         <v>1.36</v>
       </c>
       <c r="H23" s="13">