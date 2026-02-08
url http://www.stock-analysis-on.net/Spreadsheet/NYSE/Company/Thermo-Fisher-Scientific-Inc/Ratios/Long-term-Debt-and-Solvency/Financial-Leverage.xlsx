--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -870,51 +870,51 @@
       </c>
       <c r="E20" s="12">
         <v>2.35</v>
       </c>
       <c r="F20" s="12">
         <v>2.44</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>1.29</v>
       </c>
       <c r="C21" s="12">
         <v>1.27</v>
       </c>
       <c r="D21" s="12">
         <v>1.29</v>
       </c>
       <c r="E21" s="12">
         <v>1.36</v>
       </c>
       <c r="F21" s="12">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="12">
         <v>1.37</v>
       </c>
       <c r="C22" s="12">
         <v>1.29</v>
       </c>
       <c r="D22" s="12">
         <v>1.3</v>
       </c>
       <c r="E22" s="12">
         <v>1.33</v>
       </c>
       <c r="F22" s="12">
         <v>1.35</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="10" t="s">
         <v>20</v>