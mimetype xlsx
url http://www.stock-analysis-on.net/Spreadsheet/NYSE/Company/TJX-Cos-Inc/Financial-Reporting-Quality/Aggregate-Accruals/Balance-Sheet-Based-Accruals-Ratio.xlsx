--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -870,63 +870,63 @@
       <c r="E19" s="11">
         <v>0.7365</v>
       </c>
       <c r="F19" s="11">
         <v>-1.0984</v>
       </c>
       <c r="G19" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="34.8">
       <c r="A20" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="28.8">
       <c r="A21" s="12" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="14">
-        <v>0.0</v>
+        <v>0.3722</v>
       </c>
       <c r="C22" s="14">
         <v>0.264</v>
       </c>
       <c r="D22" s="14">
         <v>0.1801</v>
       </c>
       <c r="E22" s="14">
         <v>0.3291</v>
       </c>
       <c r="F22" s="14">
-        <v>0.4906</v>
+        <v>0.0</v>
       </c>
       <c r="G22" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="14">
         <v>0.3402</v>
       </c>
       <c r="C23" s="14">
         <v>-0.0145</v>
       </c>
       <c r="D23" s="14">
         <v>0.1525</v>
       </c>
       <c r="E23" s="14">
         <v>0.0991</v>
       </c>
       <c r="F23" s="14">
         <v>0.2177</v>
       </c>
       <c r="G23" s="14">