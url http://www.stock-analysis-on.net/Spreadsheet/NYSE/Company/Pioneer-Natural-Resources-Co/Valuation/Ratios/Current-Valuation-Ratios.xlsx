--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -652,178 +652,178 @@
       <c r="B13" s="7">
         <v>82.93000000000001</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="6" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="7">
         <v>99.18000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="10">
         <v>11.17</v>
       </c>
       <c r="C16" s="10">
-        <v>20.43</v>
+        <v>20.62</v>
       </c>
       <c r="D16" s="10">
-        <v>14.029999999999999</v>
+        <v>14.38</v>
       </c>
       <c r="E16" s="10">
-        <v>18.29</v>
+        <v>18.66</v>
       </c>
       <c r="F16" s="10">
-        <v>16.19</v>
+        <v>16.47</v>
       </c>
       <c r="G16" s="10">
-        <v>16.28</v>
+        <v>16.56</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="10">
         <v>10.68</v>
       </c>
       <c r="C17" s="10">
-        <v>19.26</v>
+        <v>19.44</v>
       </c>
       <c r="D17" s="10">
-        <v>12.94</v>
+        <v>13.27</v>
       </c>
       <c r="E17" s="10">
-        <v>17.39</v>
+        <v>17.75</v>
       </c>
       <c r="F17" s="10">
-        <v>14.68</v>
+        <v>14.93</v>
       </c>
       <c r="G17" s="10">
-        <v>14.74</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="10">
         <v>2.44</v>
       </c>
       <c r="C18" s="10">
-        <v>3.36</v>
+        <v>3.39</v>
       </c>
       <c r="D18" s="10">
-        <v>1.66</v>
+        <v>1.71</v>
       </c>
       <c r="E18" s="10">
-        <v>3.55</v>
+        <v>3.62</v>
       </c>
       <c r="F18" s="10">
-        <v>1.57</v>
+        <v>1.6</v>
       </c>
       <c r="G18" s="10">
-        <v>1.57</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B19" s="10">
         <v>8.37</v>
       </c>
       <c r="C19" s="10">
-        <v>12.75</v>
+        <v>12.87</v>
       </c>
       <c r="D19" s="10">
-        <v>8.89</v>
+        <v>9.12</v>
       </c>
       <c r="E19" s="10">
-        <v>12.32</v>
+        <v>12.57</v>
       </c>
       <c r="F19" s="10">
-        <v>10.87</v>
+        <v>11.06</v>
       </c>
       <c r="G19" s="10">
-        <v>11.0099999999999998</v>
+        <v>11.21</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="10">
         <v>2.82</v>
       </c>
       <c r="C20" s="10">
-        <v>1.87</v>
+        <v>1.88</v>
       </c>
       <c r="D20" s="10">
-        <v>2.37</v>
+        <v>2.43</v>
       </c>
       <c r="E20" s="10">
-        <v>1.82</v>
+        <v>1.85</v>
       </c>
       <c r="F20" s="10">
-        <v>1.88</v>
+        <v>1.92</v>
       </c>
       <c r="G20" s="10">
-        <v>1.9</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="10">
         <v>2.36</v>
       </c>
       <c r="C21" s="10">
-        <v>2.37</v>
+        <v>2.39</v>
       </c>
       <c r="D21" s="10">
-        <v>2.0</v>
+        <v>2.05</v>
       </c>
       <c r="E21" s="10">
-        <v>2.34</v>
+        <v>2.38</v>
       </c>
       <c r="F21" s="10">
-        <v>2.67</v>
+        <v>2.71</v>
       </c>
       <c r="G21" s="10">
-        <v>2.71</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>