--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -554,253 +554,253 @@
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>330506.0</v>
+      </c>
+      <c r="C6" s="7">
         <v>269311.0</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>184812.0</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>201244.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>192527.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>159557.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>12019.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>11947.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>8924.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>10305.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>11779.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>9780.0</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>27.5</v>
+      </c>
+      <c r="C9" s="9">
         <v>22.54</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>20.71</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>19.53</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>16.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>16.31</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="12">
         <v>54.19</v>
       </c>
-      <c r="C12" s="12">
+      <c r="D12" s="12">
         <v>26.54</v>
       </c>
-      <c r="D12" s="12">
+      <c r="E12" s="12">
         <v>27.95</v>
       </c>
-      <c r="E12" s="12">
+      <c r="F12" s="12">
         <v>25.28</v>
-      </c>
-[...1 lines deleted...]
-        <v>26.039999999999999</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
+        <v>0.0</v>
+      </c>
+      <c r="C13" s="12">
         <v>23.73</v>
       </c>
-      <c r="C13" s="12">
+      <c r="D13" s="12">
         <v>31.39</v>
       </c>
-      <c r="D13" s="12">
+      <c r="E13" s="12">
         <v>34.049999999999997</v>
       </c>
-      <c r="E13" s="12">
+      <c r="F13" s="12">
         <v>31.98</v>
-      </c>
-[...1 lines deleted...]
-        <v>30.11</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="12">
+        <v>27.28</v>
+      </c>
+      <c r="C14" s="12">
         <v>26.33</v>
       </c>
-      <c r="C14" s="12">
+      <c r="D14" s="12">
         <v>28.63</v>
       </c>
-      <c r="D14" s="12">
+      <c r="E14" s="12">
         <v>40.39</v>
       </c>
-      <c r="E14" s="12">
+      <c r="F14" s="12">
         <v>33.079999999999998</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="12">
+        <v>0.0</v>
+      </c>
+      <c r="C16" s="12">
         <v>30.16</v>
       </c>
-      <c r="C16" s="12">
+      <c r="D16" s="12">
         <v>26.1</v>
       </c>
-      <c r="D16" s="12">
+      <c r="E16" s="12">
         <v>28.47</v>
       </c>
-      <c r="E16" s="12">
+      <c r="F16" s="12">
         <v>24.71</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
       <c r="A17" s="10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="11" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="12">
+        <v>0.0</v>
+      </c>
+      <c r="C18" s="12">
         <v>31.09</v>
       </c>
-      <c r="C18" s="12">
+      <c r="D18" s="12">
         <v>30.21</v>
       </c>
-      <c r="D18" s="12">
+      <c r="E18" s="12">
         <v>30.039999999999999</v>
       </c>
-      <c r="E18" s="12">
+      <c r="F18" s="12">
         <v>20.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="13"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>