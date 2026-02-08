--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -850,51 +850,51 @@
       </c>
       <c r="E19" s="12">
         <v>2.77</v>
       </c>
       <c r="F19" s="12">
         <v>3.62</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="12">
         <v>1.29</v>
       </c>
       <c r="C20" s="12">
         <v>1.27</v>
       </c>
       <c r="D20" s="12">
         <v>1.29</v>
       </c>
       <c r="E20" s="12">
         <v>1.36</v>
       </c>
       <c r="F20" s="12">
-        <v>1.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="12">
         <v>1.96</v>
       </c>
       <c r="C21" s="12">
         <v>2.11</v>
       </c>
       <c r="D21" s="12">
         <v>2.21</v>
       </c>
       <c r="E21" s="12">
         <v>2.33</v>
       </c>
       <c r="F21" s="12">
         <v>2.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
         <v>19</v>