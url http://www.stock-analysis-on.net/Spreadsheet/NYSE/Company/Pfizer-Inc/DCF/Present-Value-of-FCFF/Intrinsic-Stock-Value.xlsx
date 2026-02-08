--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Paying users area. Data is not available!</t>
   </si>
   <si>
     <t>Pfizer Inc.</t>
   </si>
   <si>
     <t>Free cash flow to the firm (FCFF) forecast</t>
   </si>
   <si>
     <t>US$ in millions, except per share data</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>FCFF(t) or TV(t)</t>
   </si>
   <si>
-    <t>Present value at 10.29%</t>
+    <t>Present value at 10.34%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Intrinsic value of Pfizer Inc. capital</t>
   </si>