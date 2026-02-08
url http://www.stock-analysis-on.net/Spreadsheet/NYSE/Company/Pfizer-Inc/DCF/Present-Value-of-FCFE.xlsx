--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -739,120 +739,120 @@
         <v>2490.0</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4">
         <v>2</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="5">
         <v>2994.0</v>
       </c>
       <c r="D8" s="5">
         <v>2350.0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="5">
-        <v>3233.0</v>
+        <v>3234.0</v>
       </c>
       <c r="D9" s="5">
-        <v>2248.0</v>
+        <v>2249.0</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>4</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
-        <v>3538.0</v>
+        <v>3541.0</v>
       </c>
       <c r="D10" s="5">
-        <v>2179.0</v>
+        <v>2181.0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>3924.0</v>
+        <v>3929.0</v>
       </c>
       <c r="D11" s="5">
-        <v>2141.0</v>
+        <v>2144.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="4">
         <v>5</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="5">
-        <v>220858.0</v>
+        <v>227214.0</v>
       </c>
       <c r="D12" s="5">
-        <v>120518.0</v>
+        <v>123986.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="7">
-        <v>131926.0</v>
+        <v>135400.0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="8">
-        <v>23.2</v>
+        <v>23.81</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="9">
-        <v>26.49</v>
+        <v>27.22</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -1273,84 +1273,84 @@
         <v>4</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="13">
         <v>0.0504</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="13">
-        <v>0.0651</v>
+        <v>0.0652</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="13">
-        <v>0.0798</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="13">
-        <v>0.0944</v>
+        <v>0.0948</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C9" s="13">
-        <v>0.1091</v>
+        <v>0.1096</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>