--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1393,60 +1393,60 @@
       <c r="I21" s="13">
         <v>0.7</v>
       </c>
       <c r="J21" s="13">
         <v>0.72</v>
       </c>
       <c r="K21" s="13">
         <v>0.69</v>
       </c>
       <c r="L21" s="13">
         <v>0.67</v>
       </c>
       <c r="M21" s="13">
         <v>0.65</v>
       </c>
       <c r="N21" s="13">
         <v>0.83</v>
       </c>
       <c r="O21" s="13">
         <v>0.96</v>
       </c>
       <c r="P21" s="13">
         <v>1.27</v>
       </c>
       <c r="Q21" s="13">
-        <v>1.25</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="13">
-        <v>0.88</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="13">
-        <v>0.82</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="13">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="13">
         <v>4.47</v>
       </c>
       <c r="C22" s="13">
         <v>4.57</v>
       </c>
       <c r="D22" s="13">
         <v>4.82</v>
       </c>
       <c r="E22" s="13">
         <v>5.06</v>
       </c>
       <c r="F22" s="13">
         <v>4.62</v>
       </c>
       <c r="G22" s="13">
         <v>4.83</v>
       </c>
       <c r="H22" s="13">