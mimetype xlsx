--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1003,60 +1003,60 @@
       <c r="I15" s="13">
         <v>85.44</v>
       </c>
       <c r="J15" s="13">
         <v>134.080000000000013</v>
       </c>
       <c r="K15" s="13">
         <v>152.24000000000001</v>
       </c>
       <c r="L15" s="13">
         <v>136.37</v>
       </c>
       <c r="M15" s="13">
         <v>80.79000000000001</v>
       </c>
       <c r="N15" s="13">
         <v>118.060000000000002</v>
       </c>
       <c r="O15" s="13">
         <v>97.41</v>
       </c>
       <c r="P15" s="13">
         <v>87.64</v>
       </c>
       <c r="Q15" s="13">
-        <v>75.77</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>94.54000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>90.40000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>92.26000000000001</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="13">
         <v>14.13</v>
       </c>
       <c r="C16" s="13">
         <v>14.16</v>
       </c>
       <c r="D16" s="13">
         <v>14.37</v>
       </c>
       <c r="E16" s="13">
         <v>14.65</v>
       </c>
       <c r="F16" s="13">
         <v>16.32</v>
       </c>
       <c r="G16" s="13">
         <v>16.43</v>
       </c>
       <c r="H16" s="13">