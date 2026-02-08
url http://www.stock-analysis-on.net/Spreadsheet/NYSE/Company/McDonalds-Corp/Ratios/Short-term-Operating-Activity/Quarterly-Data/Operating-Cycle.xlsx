--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -874,60 +874,60 @@
       <c r="I14" s="8">
         <v>6.0</v>
       </c>
       <c r="J14" s="8">
         <v>5.0</v>
       </c>
       <c r="K14" s="8">
         <v>4.0</v>
       </c>
       <c r="L14" s="8">
         <v>5.0</v>
       </c>
       <c r="M14" s="8">
         <v>7.0</v>
       </c>
       <c r="N14" s="8">
         <v>5.0</v>
       </c>
       <c r="O14" s="8">
         <v>6.0</v>
       </c>
       <c r="P14" s="8">
         <v>6.0</v>
       </c>
       <c r="Q14" s="8">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="8">
         <v>41.0</v>
       </c>
       <c r="C15" s="8">
         <v>39.0</v>
       </c>
       <c r="D15" s="8">
         <v>37.0</v>
       </c>
       <c r="E15" s="8">
         <v>37.0</v>
       </c>
       <c r="F15" s="8">
         <v>37.0</v>
       </c>
       <c r="G15" s="8">
         <v>35.0</v>
       </c>
       <c r="H15" s="8">